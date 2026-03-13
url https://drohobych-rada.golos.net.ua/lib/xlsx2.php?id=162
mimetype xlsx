--- v0 (2025-12-15)
+++ v1 (2026-03-13)
@@ -6561,51 +6561,51 @@
         <v>51</v>
       </c>
       <c r="AU41" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>108</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
           <t>10634Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки та надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок, цільове</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>75</v>
       </c>
       <c r="E42" t="s">
         <v>50</v>
       </c>
       <c r="F42">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
         <v>0</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N42" t="s" s="5">
         <v>51</v>
       </c>
@@ -6648,51 +6648,51 @@
       <c r="AA42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI42" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AJ42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>51</v>
       </c>
@@ -6706,51 +6706,51 @@
         <v>52</v>
       </c>
       <c r="AU42" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>109</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
           <t>10635Про затвердження технічних документацій із землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для будівництва та обслуговування житлових будинків,</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>75</v>
       </c>
       <c r="E43" t="s">
         <v>50</v>
       </c>
       <c r="F43">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43">
         <v>0</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N43" t="s" s="5">
         <v>51</v>
       </c>
@@ -6793,51 +6793,51 @@
       <c r="AA43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI43" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AJ43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>51</v>
       </c>
@@ -9163,51 +9163,51 @@
         <v>51</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
         <v>130</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
           <t>10652Про внесення змін до рішення Дрогобицької міської ради від 09.01.2025 № 2901 «Про затвердження Програми «Пакунок малюка на 2025 рік»</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>75</v>
       </c>
       <c r="E60" t="s">
         <v>50</v>
       </c>
       <c r="F60">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60">
         <v>0</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N60" t="s" s="5">
         <v>52</v>
       </c>
@@ -9217,51 +9217,51 @@
       <c r="P60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="T60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="V60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X60" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Y60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF60" t="s" s="5">
         <v>51</v>
       </c>
@@ -11033,54 +11033,54 @@
         <v>51</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU72" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73" t="inlineStr" s="4">
         <is>
           <t>10667Про припинення права постійного користування земельною ділянкою на вулиці П. Орлика у м. Дрогобичі</t>
         </is>
       </c>
       <c r="D73" t="s">
         <v>72</v>
       </c>
       <c r="E73" t="s">
-        <v>94</v>
+        <v>50</v>
       </c>
       <c r="F73">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
       <c r="H73">
         <v>0</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N73" t="s" s="5">
         <v>51</v>
       </c>
@@ -11096,84 +11096,84 @@
       <c r="R73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="V73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z73" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK73" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AL73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>52</v>
       </c>
@@ -11753,51 +11753,51 @@
         <v>53</v>
       </c>
       <c r="AU77" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78" t="inlineStr" s="4">
         <is>
           <t>10673Про включення до переліку земельних ділянок, право оренди яких підлягає продажу на конкурентних засадах (на земельних торгах у формі електронного аукціону), земельних ділянок та про надання</t>
         </is>
       </c>
       <c r="D78" t="s">
         <v>75</v>
       </c>
       <c r="E78" t="s">
         <v>50</v>
       </c>
       <c r="F78">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G78">
         <v>0</v>
       </c>
       <c r="H78">
         <v>0</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N78" t="s" s="5">
         <v>51</v>
       </c>
@@ -11822,51 +11822,51 @@
       <c r="U78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="V78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC78" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AD78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK78" t="s" s="5">
         <v>51</v>
       </c>