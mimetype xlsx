--- v0 (2025-12-15)
+++ v1 (2026-03-13)
@@ -4626,93 +4626,93 @@
         <v>51</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>96</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
           <t>10466Про зміну типу, назви та затвердження нової редакції статутів закладів дошкільної освіти Дрогобицької міської ради Львівської області</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>84</v>
       </c>
       <c r="E27" t="s">
         <v>50</v>
       </c>
       <c r="F27">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
         <v>0</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T27" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="U27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB27" t="s" s="5">
         <v>51</v>
       </c>
@@ -5786,51 +5786,51 @@
         <v>51</v>
       </c>
       <c r="AU34" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>104</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
           <t>10474Про внесення змін в рішення Дрогобицької міської ради від 25 травня 2023 року № 1637 «Про затвердження структури Дрогобицької міської ради, загальної чисельності».</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>84</v>
       </c>
       <c r="E35" t="s">
         <v>50</v>
       </c>
       <c r="F35">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35">
         <v>1</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N35" t="s" s="5">
         <v>53</v>
       </c>
@@ -5873,51 +5873,51 @@
       <c r="AA35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI35" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AJ35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>51</v>
       </c>
@@ -5931,51 +5931,51 @@
         <v>51</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>105</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
           <t>10475Про  передачу  матеріальних цінностей комунальним некомерційним підприємством «Дрогобицька міська лікарня №1» Дрогобицької міської ради військовій частині 3002 Національної гвардії</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>84</v>
       </c>
       <c r="E36" t="s">
         <v>50</v>
       </c>
       <c r="F36">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
         <v>0</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N36" t="s" s="5">
         <v>51</v>
       </c>
@@ -5985,51 +5985,51 @@
       <c r="P36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X36" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="Y36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AA36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF36" t="s" s="5">
         <v>53</v>
       </c>
@@ -7957,63 +7957,63 @@
         <v>51</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>122</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
           <t>10489Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок для будівництва та експлуатації гідротехнічних, гідрометричних та лінійних споруд  </t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>84</v>
       </c>
       <c r="E50" t="s">
         <v>50</v>
       </c>
       <c r="F50">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
         <v>0</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J50" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R50" t="s" s="5">
         <v>53</v>
       </c>
@@ -8099,54 +8099,54 @@
         <v>52</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU50" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>123</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
           <t>10490Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки під об’єктом нерухомого майна на вул. Самбірській 85 в м. Дрогобичі  </t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>84</v>
       </c>
       <c r="E51" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="F51">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
         <v>0</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N51" t="s" s="5">
         <v>53</v>
       </c>
@@ -8168,51 +8168,51 @@
       <c r="T51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB51" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AC51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ51" t="s" s="5">
         <v>53</v>
       </c>
@@ -10122,51 +10122,51 @@
       </c>
       <c r="AT64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU64" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
         <v>141</v>
       </c>
       <c r="C65" t="s" s="4">
         <v>142</v>
       </c>
       <c r="D65" t="s">
         <v>56</v>
       </c>
       <c r="E65" t="s">
         <v>50</v>
       </c>
       <c r="F65">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G65">
         <v>0</v>
       </c>
       <c r="H65">
         <v>0</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N65" t="s" s="5">
         <v>51</v>
       </c>
@@ -10206,51 +10206,51 @@
       <c r="Z65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH65" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AI65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP65" t="s" s="5">
         <v>51</v>
       </c>
@@ -12859,78 +12859,78 @@
       </c>
       <c r="AT83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU83" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
         <v>170</v>
       </c>
       <c r="C84" t="s" s="4">
         <v>171</v>
       </c>
       <c r="D84" t="s">
         <v>84</v>
       </c>
       <c r="E84" t="s">
         <v>50</v>
       </c>
       <c r="F84">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G84">
         <v>0</v>
       </c>
       <c r="H84">
         <v>0</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O84" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="P84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W84" t="s" s="5">
         <v>51</v>
       </c>
@@ -13575,54 +13575,54 @@
         <v>52</v>
       </c>
       <c r="AT88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU88" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
         <v>179</v>
       </c>
       <c r="C89" t="inlineStr" s="4">
         <is>
           <t>10529Про надання дозволу на розроблення проєкту містобудівної документації «Детальний план території земельних ділянок (кадастрові номери: 4621286100:04:000:0139, 4621286100:04:000:0140 (приватна власність) для</t>
         </is>
       </c>
       <c r="D89" t="s">
         <v>84</v>
       </c>
       <c r="E89" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="F89">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="G89">
         <v>0</v>
       </c>
       <c r="H89">
         <v>0</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N89" t="s" s="5">
         <v>53</v>
       </c>
@@ -13647,90 +13647,90 @@
       <c r="U89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC89" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AD89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP89" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AQ89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU89" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
         <v>180</v>
       </c>
       <c r="C90" t="inlineStr" s="4">
@@ -15020,120 +15020,120 @@
         <v>51</v>
       </c>
       <c r="AU98" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
         <v>193</v>
       </c>
       <c r="C99" t="inlineStr" s="4">
         <is>
           <t>10539Про затвердження Статуту Комунальної установи `Інститут міста Дрогобича` Дрогобицької міської ради у новій редакції</t>
         </is>
       </c>
       <c r="D99" t="s">
         <v>84</v>
       </c>
       <c r="E99" t="s">
         <v>50</v>
       </c>
       <c r="F99">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="G99">
         <v>0</v>
       </c>
       <c r="H99">
         <v>0</v>
       </c>
       <c r="I99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q99" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="R99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC99" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AD99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK99" t="s" s="5">
         <v>51</v>
       </c>
@@ -15165,84 +15165,84 @@
         <v>51</v>
       </c>
       <c r="AU99" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
         <v>194</v>
       </c>
       <c r="C100" t="inlineStr" s="4">
         <is>
           <t>10540Про доповнення Плану діяльності з підготовки ​​​​​​​проектів регуляторних актів на 2025 рік</t>
         </is>
       </c>
       <c r="D100" t="s">
         <v>84</v>
       </c>
       <c r="E100" t="s">
         <v>50</v>
       </c>
       <c r="F100">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G100">
         <v>0</v>
       </c>
       <c r="H100">
         <v>0</v>
       </c>
       <c r="I100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q100" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="R100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y100" t="s" s="5">
         <v>51</v>
       </c>
@@ -15307,87 +15307,87 @@
         <v>52</v>
       </c>
       <c r="AT100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU100" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
         <v>195</v>
       </c>
       <c r="C101" t="inlineStr" s="4">
         <is>
           <t>10541Про відмову у наданні дозволів на виготовлення проектів землеустрою щодо відведення земельних ділянок, у наданні в оренду земельної ділянки</t>
         </is>
       </c>
       <c r="D101" t="s">
         <v>84</v>
       </c>
       <c r="E101" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="F101">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G101">
         <v>0</v>
       </c>
       <c r="H101">
         <v>2</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N101" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="O101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q101" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="R101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S101" t="s" s="5">
         <v>95</v>
       </c>
       <c r="T101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W101" t="s" s="5">
         <v>95</v>
       </c>
       <c r="X101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y101" t="s" s="5">
         <v>53</v>
       </c>
@@ -15403,51 +15403,51 @@
       <c r="AC101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK101" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AL101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS101" t="s" s="5">
         <v>52</v>
       </c>
@@ -16466,84 +16466,84 @@
         <v>51</v>
       </c>
       <c r="AU108" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
         <v>205</v>
       </c>
       <c r="C109" t="inlineStr" s="4">
         <is>
           <t>10549Про затвердження проектів землеустрою щодо відведення земельних ділянок та передачу в оренду земельних ділянок</t>
         </is>
       </c>
       <c r="D109" t="s">
         <v>84</v>
       </c>
       <c r="E109" t="s">
         <v>50</v>
       </c>
       <c r="F109">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G109">
         <v>0</v>
       </c>
       <c r="H109">
         <v>0</v>
       </c>
       <c r="I109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q109" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="R109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y109" t="s" s="5">
         <v>51</v>
       </c>
@@ -17767,51 +17767,51 @@
         <v>51</v>
       </c>
       <c r="AU117" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
         <v>216</v>
       </c>
       <c r="C118" t="inlineStr" s="4">
         <is>
           <t>10558Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки  на вул. В. Великого, 19/1 в м. Дрогобичі та передачу в оренду земельної ділянки під об’єктом нерухомого</t>
         </is>
       </c>
       <c r="D118" t="s">
         <v>84</v>
       </c>
       <c r="E118" t="s">
         <v>50</v>
       </c>
       <c r="F118">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G118">
         <v>0</v>
       </c>
       <c r="H118">
         <v>0</v>
       </c>
       <c r="I118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N118" t="s" s="5">
         <v>53</v>
       </c>
@@ -17836,51 +17836,51 @@
       <c r="U118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC118" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AD118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK118" t="s" s="5">
         <v>51</v>
       </c>
@@ -18202,51 +18202,51 @@
         <v>51</v>
       </c>
       <c r="AU120" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
         <v>219</v>
       </c>
       <c r="C121" t="inlineStr" s="4">
         <is>
           <t>10561Про затвердження технічних документацій із землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості)  для будівництва та обслуговування житлових будинків,</t>
         </is>
       </c>
       <c r="D121" t="s">
         <v>84</v>
       </c>
       <c r="E121" t="s">
         <v>50</v>
       </c>
       <c r="F121">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G121">
         <v>0</v>
       </c>
       <c r="H121">
         <v>0</v>
       </c>
       <c r="I121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N121" t="s" s="5">
         <v>51</v>
       </c>
@@ -18271,51 +18271,51 @@
       <c r="U121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC121" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AD121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK121" t="s" s="5">
         <v>51</v>
       </c>
@@ -18489,87 +18489,87 @@
         <v>52</v>
       </c>
       <c r="AT122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU122" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
         <v>221</v>
       </c>
       <c r="C123" t="inlineStr" s="4">
         <is>
           <t>10563Про надання дозволу на розроблення технічних документацій із землеустрою щодо встановлення меж частини земельної ділянки, на яку поширюється право сервітуту</t>
         </is>
       </c>
       <c r="D123" t="s">
         <v>84</v>
       </c>
       <c r="E123" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="F123">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="G123">
         <v>0</v>
       </c>
       <c r="H123">
         <v>0</v>
       </c>
       <c r="I123" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="J123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q123" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="R123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y123" t="s" s="5">
         <v>53</v>
       </c>
@@ -20369,51 +20369,51 @@
       </c>
       <c r="AT135" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU135" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="136">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
         <v>237</v>
       </c>
       <c r="C136" t="s" s="4">
         <v>238</v>
       </c>
       <c r="D136" t="s">
         <v>73</v>
       </c>
       <c r="E136" t="s">
         <v>50</v>
       </c>
       <c r="F136">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G136">
         <v>0</v>
       </c>
       <c r="H136">
         <v>0</v>
       </c>
       <c r="I136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N136" t="s" s="5">
         <v>53</v>
       </c>
@@ -20462,51 +20462,51 @@
       <c r="AC136" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD136" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE136" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF136" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG136" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK136" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AL136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN136" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP136" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS136" t="s" s="5">
         <v>52</v>
       </c>
@@ -21094,51 +21094,51 @@
         <v>51</v>
       </c>
       <c r="AU140" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="141">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
         <v>243</v>
       </c>
       <c r="C141" t="inlineStr" s="4">
         <is>
           <t>10581Про продаж земельної ділянки у власність Дрогобицькому відділенню спілки вчителів-полоністів України імені Святої Ядвіги</t>
         </is>
       </c>
       <c r="D141" t="s">
         <v>84</v>
       </c>
       <c r="E141" t="s">
         <v>50</v>
       </c>
       <c r="F141">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="G141">
         <v>0</v>
       </c>
       <c r="H141">
         <v>0</v>
       </c>
       <c r="I141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N141" t="s" s="5">
         <v>53</v>
       </c>
@@ -21163,81 +21163,81 @@
       <c r="U141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC141" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AD141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG141" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM141" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AN141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP141" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU141" t="s" s="5">
         <v>51</v>
       </c>