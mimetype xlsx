--- v0 (2025-12-15)
+++ v1 (2026-03-13)
@@ -341,210 +341,210 @@
   <si>
     <t>24.07.25  12:05:49</t>
   </si>
   <si>
     <t>24.07.25  12:06:28</t>
   </si>
   <si>
     <t>24.07.25  12:07:59</t>
   </si>
   <si>
     <t>24.07.25  12:08:37</t>
   </si>
   <si>
     <t>24.07.25  12:09:17</t>
   </si>
   <si>
     <t>24.07.25  12:09:54</t>
   </si>
   <si>
     <t>10297Про затвердження технічних документацій із землеустрою щодо інвентаризації земель</t>
   </si>
   <si>
     <t>24.07.25  12:11:00</t>
   </si>
   <si>
+    <t>24.07.25  12:11:59</t>
+  </si>
+  <si>
+    <t>24.07.25  12:12:37</t>
+  </si>
+  <si>
+    <t>24.07.25  12:13:16</t>
+  </si>
+  <si>
+    <t>24.07.25  12:14:00</t>
+  </si>
+  <si>
+    <t>24.07.25  12:14:45</t>
+  </si>
+  <si>
+    <t>24.07.25  12:15:35</t>
+  </si>
+  <si>
+    <t>24.07.25  12:16:48</t>
+  </si>
+  <si>
+    <t>24.07.25  12:17:56</t>
+  </si>
+  <si>
+    <t>24.07.25  12:24:32</t>
+  </si>
+  <si>
+    <t>24.07.25  12:25:10</t>
+  </si>
+  <si>
+    <t>24.07.25  12:25:58</t>
+  </si>
+  <si>
+    <t>10313  Про передачу у постійне користування земельних ділянок в м. Дрогобичі  </t>
+  </si>
+  <si>
+    <t>24.07.25  12:26:37</t>
+  </si>
+  <si>
+    <t>10314Про припинення права оренди земельної ділянки та надання в оренду земельних ділянок</t>
+  </si>
+  <si>
+    <t>24.07.25  12:28:20</t>
+  </si>
+  <si>
+    <t>10316Про припинення права оренди земельної ділянки та надання в оренду земельних ділянок</t>
+  </si>
+  <si>
+    <t>24.07.25  12:28:57</t>
+  </si>
+  <si>
+    <t>24.07.25  12:31:37</t>
+  </si>
+  <si>
+    <t>10318Про продаж земельних ділянок у власність</t>
+  </si>
+  <si>
+    <t>24.07.25  12:32:17</t>
+  </si>
+  <si>
+    <t>24.07.25  12:32:54</t>
+  </si>
+  <si>
+    <t>24.07.25  12:33:33</t>
+  </si>
+  <si>
+    <t>24.07.25  12:34:19</t>
+  </si>
+  <si>
+    <t>07.08.25  10:55:32</t>
+  </si>
+  <si>
+    <t>07.08.25  10:56:19</t>
+  </si>
+  <si>
+    <t>07.08.25  10:56:57</t>
+  </si>
+  <si>
+    <t>07.08.25  10:57:34</t>
+  </si>
+  <si>
+    <t>07.08.25  10:58:12</t>
+  </si>
+  <si>
+    <t>07.08.25  11:02:21</t>
+  </si>
+  <si>
+    <t>10329зняти з порядку денного -  п.1.60</t>
+  </si>
+  <si>
+    <t>07.08.25  11:03:54</t>
+  </si>
+  <si>
+    <t>07.08.25  11:05:02</t>
+  </si>
+  <si>
+    <t>10332Про внесення змін до бюджету Дрогобицької міської територіальної громади на 2025 рік</t>
+  </si>
+  <si>
+    <t>07.08.25  11:05:52</t>
+  </si>
+  <si>
+    <t>07.08.25  11:06:30</t>
+  </si>
+  <si>
+    <t>10334Про затвердження Програми «Покращення обороноздатності *** на 2025 рік»</t>
+  </si>
+  <si>
+    <t>07.08.25  11:07:27</t>
+  </si>
+  <si>
+    <t>07.08.25  11:08:20</t>
+  </si>
+  <si>
+    <t>07.08.25  11:09:06</t>
+  </si>
+  <si>
+    <t>07.08.25  11:10:49</t>
+  </si>
+  <si>
+    <t>07.08.25  11:13:00</t>
+  </si>
+  <si>
+    <t>10339Про затвердження Цільової програми «Сонячне місто» на 2025-2027 роки в новій редакції</t>
+  </si>
+  <si>
+    <t>07.08.25  11:14:36</t>
+  </si>
+  <si>
+    <t>10340змінити на 500 тис.</t>
+  </si>
+  <si>
+    <t>07.08.25  11:15:14</t>
+  </si>
+  <si>
+    <t>10341Про затвердження Цільової програми «Сонячне місто» на 2025-2027 роки в новій редакції</t>
+  </si>
+  <si>
+    <t>07.08.25  11:15:55</t>
+  </si>
+  <si>
+    <t>10342Про внесення змін у рішення міської ради від 12.06.2025 року № 3257</t>
+  </si>
+  <si>
+    <t>07.08.25  11:17:35</t>
+  </si>
+  <si>
+    <t>10343Про визначення замовником департаменту міського господарства  </t>
+  </si>
+  <si>
+    <t>07.08.25  11:18:37</t>
+  </si>
+  <si>
+    <t>07.08.25  11:22:25</t>
+  </si>
+  <si>
+    <t>За основу і в цілому (2/3  від складу ради)</t>
+  </si>
+  <si>
     <t>НЕ ПРИЙНЯТО</t>
-  </si>
-[...157 lines deleted...]
-    <t>За основу і в цілому (2/3  від складу ради)</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>07.08.25  11:23:16</t>
   </si>
   <si>
     <t>10346Про доповнення Плану діяльності з підготовки проектів регуляторних актів на 2025 рік</t>
   </si>
   <si>
     <t>07.08.25  11:25:47</t>
   </si>
   <si>
     <t>10347Про доповнення Плану діяльності з підготовки проектів регуляторних актів на 2025 рік</t>
   </si>
   <si>
     <t>07.08.25  11:26:44</t>
   </si>
   <si>
     <t>07.08.25  11:27:22</t>
   </si>
   <si>
     <t>07.08.25  11:28:00</t>
   </si>
@@ -2534,138 +2534,138 @@
         <v>52</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>69</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
           <t>10263Про затвердження Концепції інтегрованого розвитку території Дрогобицької міської територіальної громади</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>59</v>
       </c>
       <c r="E12" t="s">
         <v>50</v>
       </c>
       <c r="F12">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12">
         <v>0</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K12" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="L12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AA12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB12" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AC12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI12" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ12" t="s" s="5">
         <v>52</v>
       </c>
@@ -4272,90 +4272,90 @@
         <v>52</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>82</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
           <t>10276Про відповідальність депутата міської ради за порушення правил етичної поведінки та прийняття звернення</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>59</v>
       </c>
       <c r="E24" t="s">
         <v>50</v>
       </c>
       <c r="F24">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G24">
         <v>2</v>
       </c>
       <c r="H24">
         <v>0</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S24" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="T24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA24" t="s" s="5">
         <v>51</v>
       </c>
@@ -7306,93 +7306,93 @@
         <v>52</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>109</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
           <t>10298Про затвердження технічної документації із землеустрою щодо поділу та об’єднання земельної ділянки  на вул. І. Білозіра в с. Почаєвичі Дрогобицького району та передачу в оренду земельних</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>59</v>
       </c>
       <c r="E45" t="s">
-        <v>110</v>
+        <v>50</v>
       </c>
       <c r="F45">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>0</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M45" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="N45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S45" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="T45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="U45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA45" t="s" s="5">
         <v>51</v>
       </c>
@@ -7440,51 +7440,51 @@
       </c>
       <c r="AP45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU45" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
           <t>10299Про затвердження технічних документацій із землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для будівництва та обслуговування житлових будинків,</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>59</v>
       </c>
       <c r="E46" t="s">
         <v>50</v>
       </c>
       <c r="F46">
         <v>27</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46">
         <v>0</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J46" t="s" s="5">
@@ -7585,51 +7585,51 @@
       </c>
       <c r="AP46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU46" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
           <t>10300Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для ведення товарного сільськогосподарського</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>59</v>
       </c>
       <c r="E47" t="s">
         <v>50</v>
       </c>
       <c r="F47">
         <v>24</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
         <v>0</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J47" t="s" s="5">
@@ -7730,65 +7730,65 @@
       </c>
       <c r="AP47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU47" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
           <t>10301Про надання в оренду земельної ділянки в комплексі з розташованим на ній водними об’єктами за межами населеного пункту с. Болехівці Дрогобицького району</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>59</v>
       </c>
       <c r="E48" t="s">
         <v>50</v>
       </c>
       <c r="F48">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>0</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N48" t="s" s="5">
         <v>53</v>
       </c>
@@ -7834,92 +7834,92 @@
       <c r="AB48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ48" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AK48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU48" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
           <t>10302Про надання дозволу на розроблення проектів землеустрою, що забезпечують еколого-економічне обґрунтування сівозміни та впорядкування угідь земельних ділянок для ведення товарного</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>59</v>
       </c>
       <c r="E49" t="s">
         <v>50</v>
       </c>
       <c r="F49">
         <v>24</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
         <v>0</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J49" t="s" s="5">
@@ -8020,51 +8020,51 @@
       </c>
       <c r="AP49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
           <t>10303Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок під об’єктами нерухомого майна  </t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>59</v>
       </c>
       <c r="E50" t="s">
         <v>50</v>
       </c>
       <c r="F50">
         <v>26</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
         <v>0</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J50" t="s" s="5">
@@ -8165,51 +8165,51 @@
       </c>
       <c r="AP50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU50" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
           <t>10304Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки, цільове призначення якої змінюється, за межами с. Нижні Гаї Дрогобицького району</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>59</v>
       </c>
       <c r="E51" t="s">
         <v>50</v>
       </c>
       <c r="F51">
         <v>23</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
         <v>0</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J51" t="s" s="5">
@@ -8310,65 +8310,65 @@
       </c>
       <c r="AP51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU51" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
           <t>10305Про надання дозволу на розроблення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) для ведення фермерського</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>59</v>
       </c>
       <c r="E52" t="s">
         <v>50</v>
       </c>
       <c r="F52">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
       <c r="H52">
         <v>0</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N52" t="s" s="5">
         <v>53</v>
       </c>
@@ -8417,89 +8417,89 @@
       <c r="AC52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK52" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AL52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU52" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
           <t>10306Про надання дозволу на виготовлення технічних документацій із землеустрою щодо поділу та об’єднання земельних ділянок</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>49</v>
       </c>
       <c r="E53" t="s">
         <v>50</v>
       </c>
       <c r="F53">
         <v>27</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53">
         <v>0</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J53" t="s" s="5">
@@ -8600,51 +8600,51 @@
       </c>
       <c r="AP53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU53" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
           <t>10311Про надання дозволу на виготовлення технічних документацій із землеустрою щодо поділу та об’єднання земельних ділянок</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>56</v>
       </c>
       <c r="E54" t="s">
         <v>50</v>
       </c>
       <c r="F54">
         <v>27</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54">
         <v>0</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J54" t="s" s="5">
@@ -8745,51 +8745,51 @@
       </c>
       <c r="AP54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU54" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
           <t>10312Про надання дозволу на виготовлення технічних документацій із землеустрою щодо інвентаризації земельних ділянок</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>59</v>
       </c>
       <c r="E55" t="s">
         <v>50</v>
       </c>
       <c r="F55">
         <v>23</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55">
         <v>0</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J55" t="s" s="5">
@@ -8890,54 +8890,54 @@
       </c>
       <c r="AP55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU55" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
+        <v>120</v>
+      </c>
+      <c r="C56" t="s" s="4">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="D56" t="s">
         <v>59</v>
       </c>
       <c r="E56" t="s">
         <v>50</v>
       </c>
       <c r="F56">
         <v>24</v>
       </c>
       <c r="G56">
         <v>0</v>
       </c>
       <c r="H56">
         <v>0</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>52</v>
       </c>
@@ -9033,54 +9033,54 @@
       </c>
       <c r="AP56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU56" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
+        <v>122</v>
+      </c>
+      <c r="C57" t="s" s="4">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="D57" t="s">
         <v>49</v>
       </c>
       <c r="E57" t="s">
         <v>50</v>
       </c>
       <c r="F57">
         <v>26</v>
       </c>
       <c r="G57">
         <v>0</v>
       </c>
       <c r="H57">
         <v>0</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>52</v>
       </c>
@@ -9176,54 +9176,54 @@
       </c>
       <c r="AP57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU57" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
+        <v>124</v>
+      </c>
+      <c r="C58" t="s" s="4">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="D58" t="s">
         <v>56</v>
       </c>
       <c r="E58" t="s">
         <v>50</v>
       </c>
       <c r="F58">
         <v>27</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58">
         <v>0</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>52</v>
       </c>
@@ -9319,199 +9319,199 @@
       </c>
       <c r="AP58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU58" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
           <t>10317Про продаж земельної ділянки у власність Товариству з обмеженою відповідальністю «САНДАНІ»</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>59</v>
       </c>
       <c r="E59" t="s">
-        <v>110</v>
+        <v>50</v>
       </c>
       <c r="F59">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G59">
         <v>0</v>
       </c>
       <c r="H59">
         <v>0</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S59" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="T59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y59" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Z59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI59" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS59" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
+        <v>127</v>
+      </c>
+      <c r="C60" t="s" s="4">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="D60" t="s">
         <v>59</v>
       </c>
       <c r="E60" t="s">
         <v>50</v>
       </c>
       <c r="F60">
         <v>25</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60">
         <v>0</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>52</v>
       </c>
@@ -9607,51 +9607,51 @@
       </c>
       <c r="AP60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU60" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
           <t>10319Про продовження договорів оренди земельних ділянок для будівництва індивідуальних гаражів в м. Дрогобичі</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>59</v>
       </c>
       <c r="E61" t="s">
         <v>50</v>
       </c>
       <c r="F61">
         <v>20</v>
       </c>
       <c r="G61">
         <v>0</v>
       </c>
       <c r="H61">
         <v>0</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J61" t="s" s="5">
@@ -9752,51 +9752,51 @@
       </c>
       <c r="AP61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU61" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
           <t>10320Про розтермінування Журав О.М. оплати збитків по орендній платі за земельні ділянки на вул. Дрогобицькій, 48 в с. Рихтичі Дрогобицького району  </t>
         </is>
       </c>
       <c r="D62" t="s">
         <v>59</v>
       </c>
       <c r="E62" t="s">
         <v>50</v>
       </c>
       <c r="F62">
         <v>26</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
       <c r="H62">
         <v>0</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J62" t="s" s="5">
@@ -9897,51 +9897,51 @@
       </c>
       <c r="AP62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU62" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
           <t>10321Про включення до переліку земельних ділянок, право оренди яких підлягає продажу на конкурентних засадах (на земельних торгах у формі електронного аукціону), земельних ділянок та про надання</t>
         </is>
       </c>
       <c r="D63" t="s">
         <v>59</v>
       </c>
       <c r="E63" t="s">
         <v>50</v>
       </c>
       <c r="F63">
         <v>22</v>
       </c>
       <c r="G63">
         <v>0</v>
       </c>
       <c r="H63">
         <v>0</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J63" t="s" s="5">
@@ -10042,51 +10042,51 @@
       </c>
       <c r="AP63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU63" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C64" t="inlineStr" s="4">
         <is>
           <t>10322Про затвердження проекту землеустрою, що забезпечує еколого-економічне обґрунтування сівозміни та впорядкування угідь земельної ділянки, про включення до переліку земельних ділянок,</t>
         </is>
       </c>
       <c r="D64" t="s">
         <v>59</v>
       </c>
       <c r="E64" t="s">
         <v>50</v>
       </c>
       <c r="F64">
         <v>21</v>
       </c>
       <c r="G64">
         <v>0</v>
       </c>
       <c r="H64">
         <v>0</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J64" t="s" s="5">
@@ -10187,51 +10187,51 @@
       </c>
       <c r="AP64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU64" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C65" t="inlineStr" s="4">
         <is>
           <t>10324Про внесення змін та доповнень до порядку денного LХІХ сесії Дрогобицької міської ради</t>
         </is>
       </c>
       <c r="D65" t="s">
         <v>49</v>
       </c>
       <c r="E65" t="s">
         <v>50</v>
       </c>
       <c r="F65">
         <v>26</v>
       </c>
       <c r="G65">
         <v>0</v>
       </c>
       <c r="H65">
         <v>0</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J65" t="s" s="5">
@@ -10332,51 +10332,51 @@
       </c>
       <c r="AP65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU65" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C66" t="inlineStr" s="4">
         <is>
           <t>10325Включити в порядок денний проект  - Про визначення замовником департаменту міського господарства  </t>
         </is>
       </c>
       <c r="D66" t="s">
         <v>91</v>
       </c>
       <c r="E66" t="s">
         <v>50</v>
       </c>
       <c r="F66">
         <v>24</v>
       </c>
       <c r="G66">
         <v>0</v>
       </c>
       <c r="H66">
         <v>0</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J66" t="s" s="5">
@@ -10477,51 +10477,51 @@
       </c>
       <c r="AP66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU66" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C67" t="inlineStr" s="4">
         <is>
           <t>10326Включити в порядок денний проект- Про затвердження Програми співфінансування капітального ремонту об’єктів  благоустрою Дрогобицької міської територіальної громади на 2025-2026 роки </t>
         </is>
       </c>
       <c r="D67" t="s">
         <v>91</v>
       </c>
       <c r="E67" t="s">
         <v>50</v>
       </c>
       <c r="F67">
         <v>29</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67">
         <v>0</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J67" t="s" s="5">
@@ -10622,51 +10622,51 @@
       </c>
       <c r="AP67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU67" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="C68" t="inlineStr" s="4">
         <is>
           <t>10327Включити в порядок денний проект -  Про включення у перелік земельних ділянок несільськогосподарського призначення, які підлягають продажу у власність земельної ділянки під об’єктом</t>
         </is>
       </c>
       <c r="D68" t="s">
         <v>91</v>
       </c>
       <c r="E68" t="s">
         <v>50</v>
       </c>
       <c r="F68">
         <v>27</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68">
         <v>0</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J68" t="s" s="5">
@@ -10767,51 +10767,51 @@
       </c>
       <c r="AP68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU68" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C69" t="inlineStr" s="4">
         <is>
           <t>10328Включити в порядок денний проект  - Про затвердження технічної документації із землеустрою щодо поділу та об’єднання  земельних ділянок та передачу в оренду земельної ділянки.  </t>
         </is>
       </c>
       <c r="D69" t="s">
         <v>91</v>
       </c>
       <c r="E69" t="s">
         <v>50</v>
       </c>
       <c r="F69">
         <v>28</v>
       </c>
       <c r="G69">
         <v>0</v>
       </c>
       <c r="H69">
         <v>0</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J69" t="s" s="5">
@@ -10912,63 +10912,63 @@
       </c>
       <c r="AP69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU69" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
+        <v>138</v>
+      </c>
+      <c r="C70" t="s" s="4">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="D70" t="s">
         <v>91</v>
       </c>
       <c r="E70" t="s">
         <v>50</v>
       </c>
       <c r="F70">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G70">
         <v>0</v>
       </c>
       <c r="H70">
         <v>0</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N70" t="s" s="5">
         <v>52</v>
       </c>
@@ -11032,74 +11032,74 @@
       <c r="AH70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP70" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU70" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C71" t="inlineStr" s="4">
         <is>
           <t>10331Про внесення змін та доповнень до порядку денного LХІХ сесії Дрогобицької міської ради</t>
         </is>
       </c>
       <c r="D71" t="s">
         <v>56</v>
       </c>
       <c r="E71" t="s">
         <v>50</v>
       </c>
       <c r="F71">
         <v>31</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71">
         <v>0</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J71" t="s" s="5">
@@ -11200,54 +11200,54 @@
       </c>
       <c r="AP71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU71" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
+        <v>141</v>
+      </c>
+      <c r="C72" t="s" s="4">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="D72" t="s">
         <v>59</v>
       </c>
       <c r="E72" t="s">
         <v>50</v>
       </c>
       <c r="F72">
         <v>24</v>
       </c>
       <c r="G72">
         <v>0</v>
       </c>
       <c r="H72">
         <v>0</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>52</v>
       </c>
@@ -11343,65 +11343,65 @@
       </c>
       <c r="AP72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU72" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C73" t="inlineStr" s="4">
         <is>
           <t>10333Про затвердження Програми «Покращення обороноздатності *** на 2025 рік, в новій редакції»</t>
         </is>
       </c>
       <c r="D73" t="s">
         <v>59</v>
       </c>
       <c r="E73" t="s">
         <v>50</v>
       </c>
       <c r="F73">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
       <c r="H73">
         <v>0</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N73" t="s" s="5">
         <v>52</v>
       </c>
@@ -11417,51 +11417,51 @@
       <c r="R73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z73" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH73" t="s" s="5">
         <v>51</v>
       </c>
@@ -11488,54 +11488,54 @@
       </c>
       <c r="AP73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU73" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
+        <v>144</v>
+      </c>
+      <c r="C74" t="s" s="4">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="D74" t="s">
         <v>59</v>
       </c>
       <c r="E74" t="s">
         <v>50</v>
       </c>
       <c r="F74">
         <v>30</v>
       </c>
       <c r="G74">
         <v>0</v>
       </c>
       <c r="H74">
         <v>0</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>52</v>
       </c>
@@ -11631,51 +11631,51 @@
       </c>
       <c r="AP74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU74" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="C75" t="inlineStr" s="4">
         <is>
           <t>10335Про внесення змін до Програми національно-патріотичного виховання учнівської молоді «Крила України» гімназії №5 імені Героя України генерал-майора Сергія Кульчицького Дрогобицької</t>
         </is>
       </c>
       <c r="D75" t="s">
         <v>59</v>
       </c>
       <c r="E75" t="s">
         <v>50</v>
       </c>
       <c r="F75">
         <v>30</v>
       </c>
       <c r="G75">
         <v>0</v>
       </c>
       <c r="H75">
         <v>0</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J75" t="s" s="5">
@@ -11776,51 +11776,51 @@
       </c>
       <c r="AP75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU75" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="C76" t="inlineStr" s="4">
         <is>
           <t>10336Про затвердження Положення про конкурс на посаду керівника закладу загальної середньої освіти Дрогобицької міської ради Львівської області</t>
         </is>
       </c>
       <c r="D76" t="s">
         <v>59</v>
       </c>
       <c r="E76" t="s">
         <v>50</v>
       </c>
       <c r="F76">
         <v>29</v>
       </c>
       <c r="G76">
         <v>0</v>
       </c>
       <c r="H76">
         <v>0</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J76" t="s" s="5">
@@ -11921,51 +11921,51 @@
       </c>
       <c r="AP76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU76" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="C77" t="inlineStr" s="4">
         <is>
           <t>10337Про внесення змін до складу ліквідаційної комісії Міського центру фізичного здоров’я населення «Спорт для всіх» Дрогобицької міської ради Львівської області, затвердженого рішенням ДМР</t>
         </is>
       </c>
       <c r="D77" t="s">
         <v>59</v>
       </c>
       <c r="E77" t="s">
         <v>50</v>
       </c>
       <c r="F77">
         <v>28</v>
       </c>
       <c r="G77">
         <v>0</v>
       </c>
       <c r="H77">
         <v>0</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J77" t="s" s="5">
@@ -12066,51 +12066,51 @@
       </c>
       <c r="AP77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU77" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="C78" t="inlineStr" s="4">
         <is>
           <t>10338Про надання дозволу на розроблення проєкту містобудівної документації «Детальний план території земельної ділянки (кадастровий номер 4610600000:01:022:0223), площею 10,2604 га, на вул. Бориславській у м.</t>
         </is>
       </c>
       <c r="D78" t="s">
         <v>59</v>
       </c>
       <c r="E78" t="s">
         <v>50</v>
       </c>
       <c r="F78">
         <v>28</v>
       </c>
       <c r="G78">
         <v>0</v>
       </c>
       <c r="H78">
         <v>0</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J78" t="s" s="5">
@@ -12211,54 +12211,54 @@
       </c>
       <c r="AP78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU78" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
+        <v>150</v>
+      </c>
+      <c r="C79" t="s" s="4">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="D79" t="s">
         <v>49</v>
       </c>
       <c r="E79" t="s">
         <v>50</v>
       </c>
       <c r="F79">
         <v>27</v>
       </c>
       <c r="G79">
         <v>0</v>
       </c>
       <c r="H79">
         <v>0</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>52</v>
       </c>
@@ -12354,54 +12354,54 @@
       </c>
       <c r="AP79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU79" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
+        <v>152</v>
+      </c>
+      <c r="C80" t="s" s="4">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="D80" t="s">
         <v>91</v>
       </c>
       <c r="E80" t="s">
         <v>50</v>
       </c>
       <c r="F80">
         <v>29</v>
       </c>
       <c r="G80">
         <v>0</v>
       </c>
       <c r="H80">
         <v>0</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>52</v>
       </c>
@@ -12497,54 +12497,54 @@
       </c>
       <c r="AP80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU80" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
+        <v>154</v>
+      </c>
+      <c r="C81" t="s" s="4">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="D81" t="s">
         <v>56</v>
       </c>
       <c r="E81" t="s">
         <v>50</v>
       </c>
       <c r="F81">
         <v>26</v>
       </c>
       <c r="G81">
         <v>0</v>
       </c>
       <c r="H81">
         <v>0</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>52</v>
       </c>
@@ -12640,54 +12640,54 @@
       </c>
       <c r="AP81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU81" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
+        <v>156</v>
+      </c>
+      <c r="C82" t="s" s="4">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="D82" t="s">
         <v>59</v>
       </c>
       <c r="E82" t="s">
         <v>50</v>
       </c>
       <c r="F82">
         <v>22</v>
       </c>
       <c r="G82">
         <v>0</v>
       </c>
       <c r="H82">
         <v>0</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>52</v>
       </c>
@@ -12783,54 +12783,54 @@
       </c>
       <c r="AP82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU82" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
+        <v>158</v>
+      </c>
+      <c r="C83" t="s" s="4">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="D83" t="s">
         <v>59</v>
       </c>
       <c r="E83" t="s">
         <v>50</v>
       </c>
       <c r="F83">
         <v>29</v>
       </c>
       <c r="G83">
         <v>0</v>
       </c>
       <c r="H83">
         <v>0</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>52</v>
       </c>
@@ -12926,51 +12926,51 @@
       </c>
       <c r="AP83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU83" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C84" t="inlineStr" s="4">
         <is>
           <t>10344Про затвердження Програми співфінансування капітального ремонту об’єктів  благоустрою Дрогобицької міської територіальної громади на 2025-2026 роки  </t>
         </is>
       </c>
       <c r="D84" t="s">
         <v>59</v>
       </c>
       <c r="E84" t="s">
         <v>50</v>
       </c>
       <c r="F84">
         <v>29</v>
       </c>
       <c r="G84">
         <v>0</v>
       </c>
       <c r="H84">
         <v>0</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J84" t="s" s="5">
@@ -13071,62 +13071,62 @@
       </c>
       <c r="AP84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU84" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="C85" t="inlineStr" s="4">
         <is>
           <t>10345Про підтвердження дії підпунктів 1.4. та 2.4 рішення Дрогобицької міської ради від 24.07.2025 року № 3342 `Про затвердження проектів землеустрою щодо відведення земельних ділянок та передачу в</t>
         </is>
       </c>
       <c r="D85" t="s">
+        <v>162</v>
+      </c>
+      <c r="E85" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="F85">
         <v>8</v>
       </c>
       <c r="G85">
         <v>0</v>
       </c>
       <c r="H85">
         <v>2</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M85" t="s" s="5">
         <v>53</v>
       </c>
@@ -13225,51 +13225,51 @@
       </c>
       <c r="AS85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU85" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
         <v>165</v>
       </c>
       <c r="C86" t="s" s="4">
         <v>166</v>
       </c>
       <c r="D86" t="s">
         <v>59</v>
       </c>
       <c r="E86" t="s">
-        <v>110</v>
+        <v>163</v>
       </c>
       <c r="F86">
         <v>0</v>
       </c>
       <c r="G86">
         <v>0</v>
       </c>
       <c r="H86">
         <v>0</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M86" t="s" s="5">
         <v>52</v>
       </c>
@@ -13948,75 +13948,75 @@
         <v>52</v>
       </c>
       <c r="AT90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU90" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
         <v>172</v>
       </c>
       <c r="C91" t="inlineStr" s="4">
         <is>
           <t>10351Про затвердження проектів землеустрою щодо відведення земельних ділянок для городництва та передачу в оренду земельних ділянок</t>
         </is>
       </c>
       <c r="D91" t="s">
         <v>59</v>
       </c>
       <c r="E91" t="s">
-        <v>110</v>
+        <v>50</v>
       </c>
       <c r="F91">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G91">
         <v>0</v>
       </c>
       <c r="H91">
         <v>0</v>
       </c>
       <c r="I91" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="J91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M91" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="N91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U91" t="s" s="5">
         <v>52</v>
       </c>
@@ -14056,51 +14056,51 @@
       <c r="AG91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO91" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AP91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU91" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
@@ -14963,54 +14963,54 @@
         <v>52</v>
       </c>
       <c r="AT97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU97" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
         <v>179</v>
       </c>
       <c r="C98" t="inlineStr" s="4">
         <is>
           <t>10358Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки для городництва на вул. Грушевського в с. Раневичі Дрогобицького району</t>
         </is>
       </c>
       <c r="D98" t="s">
         <v>59</v>
       </c>
       <c r="E98" t="s">
-        <v>110</v>
+        <v>163</v>
       </c>
       <c r="F98">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G98">
         <v>0</v>
       </c>
       <c r="H98">
         <v>0</v>
       </c>
       <c r="I98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N98" t="s" s="5">
         <v>53</v>
       </c>
@@ -15083,51 +15083,51 @@
       <c r="AK98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS98" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AT98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU98" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
         <v>180</v>
       </c>
       <c r="C99" t="inlineStr" s="4">
         <is>
           <t>10359Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) під об’єктом нерухомого майна зі</t>
         </is>
       </c>
       <c r="D99" t="s">
         <v>59</v>
       </c>
       <c r="E99" t="s">
         <v>50</v>
@@ -15256,51 +15256,51 @@
         <v>52</v>
       </c>
       <c r="AU99" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
         <v>181</v>
       </c>
       <c r="C100" t="inlineStr" s="4">
         <is>
           <t>10360Про надання в оренду земельної ділянки    на  вул. П. Орлика, 18/20 (на ринку «Сонячний промінь») в  м. Дрогобичі під об’єктом нерухомого майна  </t>
         </is>
       </c>
       <c r="D100" t="s">
         <v>59</v>
       </c>
       <c r="E100" t="s">
         <v>50</v>
       </c>
       <c r="F100">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G100">
         <v>0</v>
       </c>
       <c r="H100">
         <v>0</v>
       </c>
       <c r="I100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N100" t="s" s="5">
         <v>53</v>
       </c>
@@ -15310,51 +15310,51 @@
       <c r="P100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X100" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Y100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AA100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF100" t="s" s="5">
         <v>52</v>
       </c>
@@ -15541,51 +15541,51 @@
         <v>52</v>
       </c>
       <c r="AT101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU101" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
         <v>184</v>
       </c>
       <c r="C102" t="inlineStr" s="4">
         <is>
           <t>10362Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) зі зміною конфігурації на вул.</t>
         </is>
       </c>
       <c r="D102" t="s">
         <v>59</v>
       </c>
       <c r="E102" t="s">
-        <v>110</v>
+        <v>163</v>
       </c>
       <c r="F102">
         <v>10</v>
       </c>
       <c r="G102">
         <v>1</v>
       </c>
       <c r="H102">
         <v>4</v>
       </c>
       <c r="I102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M102" t="s" s="5">
         <v>53</v>
       </c>
@@ -17131,66 +17131,66 @@
       </c>
       <c r="AT112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU112" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
         <v>198</v>
       </c>
       <c r="C113" t="s" s="4">
         <v>199</v>
       </c>
       <c r="D113" t="s">
         <v>59</v>
       </c>
       <c r="E113" t="s">
         <v>50</v>
       </c>
       <c r="F113">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="G113">
         <v>0</v>
       </c>
       <c r="H113">
         <v>0</v>
       </c>
       <c r="I113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K113" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="L113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S113" t="s" s="5">
         <v>51</v>
       </c>
@@ -18864,54 +18864,54 @@
       </c>
       <c r="AS124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU124" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
         <v>212</v>
       </c>
       <c r="C125" t="s" s="4">
         <v>213</v>
       </c>
       <c r="D125" t="s">
         <v>91</v>
       </c>
       <c r="E125" t="s">
-        <v>110</v>
+        <v>50</v>
       </c>
       <c r="F125">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G125">
         <v>1</v>
       </c>
       <c r="H125">
         <v>0</v>
       </c>
       <c r="I125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N125" t="s" s="5">
         <v>53</v>
       </c>
@@ -18972,51 +18972,51 @@
       <c r="AG125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO125" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AP125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU125" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
@@ -19737,51 +19737,51 @@
         <v>52</v>
       </c>
       <c r="AU130" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
         <v>219</v>
       </c>
       <c r="C131" t="inlineStr" s="4">
         <is>
           <t>10392Про включення до переліку другого типу об’єктів комунальної  власності територіальної громади в особі Дрогобицької міської ради Львівської області та надання дозволу на укладення</t>
         </is>
       </c>
       <c r="D131" t="s">
         <v>59</v>
       </c>
       <c r="E131" t="s">
         <v>50</v>
       </c>
       <c r="F131">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G131">
         <v>0</v>
       </c>
       <c r="H131">
         <v>0</v>
       </c>
       <c r="I131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N131" t="s" s="5">
         <v>53</v>
       </c>
@@ -19845,51 +19845,51 @@
       <c r="AH131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI131" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP131" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AQ131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU131" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="132">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
         <v>220</v>
       </c>
       <c r="C132" t="s" s="4">
@@ -20170,63 +20170,63 @@
         <v>52</v>
       </c>
       <c r="AU133" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
         <v>223</v>
       </c>
       <c r="C134" t="inlineStr" s="4">
         <is>
           <t>10395Про підтвердження факту перебування об’єкту нерухомого майна в комунальній власності територіальної громади в особі Дрогобицької міської ради Львівської області</t>
         </is>
       </c>
       <c r="D134" t="s">
         <v>59</v>
       </c>
       <c r="E134" t="s">
         <v>50</v>
       </c>
       <c r="F134">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G134">
         <v>0</v>
       </c>
       <c r="H134">
         <v>0</v>
       </c>
       <c r="I134" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J134" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="K134" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L134" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M134" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N134" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R134" t="s" s="5">
         <v>52</v>
       </c>
@@ -21179,63 +21179,63 @@
         <v>52</v>
       </c>
       <c r="AU140" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="141">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
         <v>233</v>
       </c>
       <c r="C141" t="inlineStr" s="4">
         <is>
           <t>10402Про включення до переліку другого типу об’єктів комунальної власності територіальної громади в особі Дрогобицької міської ради Львівської області та надання дозволу на укладення</t>
         </is>
       </c>
       <c r="D141" t="s">
         <v>59</v>
       </c>
       <c r="E141" t="s">
         <v>50</v>
       </c>
       <c r="F141">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="G141">
         <v>0</v>
       </c>
       <c r="H141">
         <v>0</v>
       </c>
       <c r="I141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J141" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="K141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R141" t="s" s="5">
         <v>52</v>
       </c>
@@ -21281,51 +21281,51 @@
       <c r="AF141" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN141" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AO141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU141" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="142">
       <c r="A142">
@@ -22770,51 +22770,51 @@
         <v>52</v>
       </c>
       <c r="AU151" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="152">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
         <v>246</v>
       </c>
       <c r="C152" t="inlineStr" s="4">
         <is>
           <t>10420Про реорганізацію шляхом приєднання комунального некомерційного підприємства «Дрогобицька міська лікарня №3» Дрогобицької міської ради до комунального некомерційного підприємства</t>
         </is>
       </c>
       <c r="D152" t="s">
         <v>59</v>
       </c>
       <c r="E152" t="s">
         <v>50</v>
       </c>
       <c r="F152">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G152">
         <v>0</v>
       </c>
       <c r="H152">
         <v>0</v>
       </c>
       <c r="I152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N152" t="s" s="5">
         <v>53</v>
       </c>
@@ -22860,51 +22860,51 @@
       <c r="AB152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD152" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ152" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AK152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR152" t="s" s="5">
         <v>52</v>
       </c>