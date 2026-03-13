--- v0 (2025-12-15)
+++ v1 (2026-03-13)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="234" uniqueCount="234">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="233" uniqueCount="233">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>LXXII сесія VIII скликання</t>
   </si>
   <si>
     <t>Дрогобицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Андрухів Андрій Васильович</t>
   </si>
   <si>
     <t>Беднарчик Наталія Миронівна</t>
   </si>
   <si>
     <t>Бейзик Роман Степанович</t>
   </si>
   <si>
@@ -506,53 +506,50 @@
   <si>
     <t>04.11.25  10:32:57</t>
   </si>
   <si>
     <t>10664на голосування п.п. 1.2 Радецький</t>
   </si>
   <si>
     <t>За: 14</t>
   </si>
   <si>
     <t>Утримались: 2</t>
   </si>
   <si>
     <t>04.11.25  10:33:38</t>
   </si>
   <si>
     <t>04.11.25  10:34:37</t>
   </si>
   <si>
     <t>10666доповнити п. 2 </t>
   </si>
   <si>
     <t>04.11.25  10:35:14</t>
   </si>
   <si>
-    <t>За: 19</t>
-[...1 lines deleted...]
-  <si>
     <t>04.11.25  10:38:04</t>
   </si>
   <si>
     <t>10669Про продаж земельних ділянок у власність</t>
   </si>
   <si>
     <t>04.11.25  10:38:45</t>
   </si>
   <si>
     <t>10670на голосування п.п. 1.1. Заграва</t>
   </si>
   <si>
     <t>04.11.25  10:39:28</t>
   </si>
   <si>
     <t>10671на голосування п.п. 1.2 Фуревич</t>
   </si>
   <si>
     <t>За: 4</t>
   </si>
   <si>
     <t>Проти: 2</t>
   </si>
   <si>
     <t>Утримались: 3</t>
@@ -590,165 +587,165 @@
   <si>
     <t>За: 76</t>
   </si>
   <si>
     <t>За: 75</t>
   </si>
   <si>
     <t>За: 74</t>
   </si>
   <si>
     <t>За: 35</t>
   </si>
   <si>
     <t>За: 53</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>За: 65</t>
   </si>
   <si>
     <t>За: 78</t>
   </si>
   <si>
+    <t>За: 41</t>
+  </si>
+  <si>
+    <t>За: 70</t>
+  </si>
+  <si>
+    <t>За: 66</t>
+  </si>
+  <si>
+    <t>За: 50</t>
+  </si>
+  <si>
+    <t>За: 54</t>
+  </si>
+  <si>
+    <t>За: 33</t>
+  </si>
+  <si>
+    <t>За: 57</t>
+  </si>
+  <si>
+    <t>За: 73</t>
+  </si>
+  <si>
     <t>За: 64</t>
   </si>
   <si>
-    <t>За: 41</t>
-[...22 lines deleted...]
-  <si>
     <t>За: 79</t>
   </si>
   <si>
     <t>За: 67</t>
   </si>
   <si>
     <t>Проти: 1</t>
   </si>
   <si>
     <t>Утр.: 1</t>
   </si>
   <si>
     <t>Утр.: 0</t>
   </si>
   <si>
     <t>Не голос.: 8</t>
   </si>
   <si>
     <t>Не голос.: 0</t>
   </si>
   <si>
     <t>Не голос.: 4</t>
   </si>
   <si>
     <t>Не голос.: 3</t>
   </si>
   <si>
     <t>Не голос.: 7</t>
   </si>
   <si>
     <t>Не голос.: 46</t>
   </si>
   <si>
     <t>Не голос.: 6</t>
   </si>
   <si>
     <t>Не голос.: 41</t>
   </si>
   <si>
     <t>Не голос.: 1</t>
   </si>
   <si>
+    <t>Не голос.: 16</t>
+  </si>
+  <si>
+    <t>Не голос.: 18</t>
+  </si>
+  <si>
+    <t>Не голос.: 11</t>
+  </si>
+  <si>
+    <t>Не голос.: 14</t>
+  </si>
+  <si>
+    <t>Не голос.: 9</t>
+  </si>
+  <si>
+    <t>Не голос.: 5</t>
+  </si>
+  <si>
+    <t>Не голос.: 2</t>
+  </si>
+  <si>
     <t>Не голос.: 17</t>
   </si>
   <si>
-    <t>Не голос.: 18</t>
-[...19 lines deleted...]
-  <si>
     <t>Відсут.: 0</t>
   </si>
   <si>
     <t>Відсут.: 2</t>
   </si>
   <si>
     <t>Відсут.: 22</t>
   </si>
   <si>
     <t>Відсут.: 81</t>
   </si>
   <si>
     <t>Відсут.: 36</t>
   </si>
   <si>
     <t>Відсут.: 59</t>
   </si>
   <si>
     <t>Відсут.: 15</t>
   </si>
   <si>
-    <t>Відсут.: 42</t>
+    <t>Відсут.: 40</t>
   </si>
   <si>
     <t>Відсут.: 58</t>
   </si>
   <si>
     <t>Відсут.: 3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -6762,51 +6759,51 @@
         <v>51</v>
       </c>
       <c r="AU41" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>116</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
           <t>10634Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки та надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок, цільове</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>79</v>
       </c>
       <c r="E42" t="s">
         <v>47</v>
       </c>
       <c r="F42" t="s">
-        <v>102</v>
+        <v>73</v>
       </c>
       <c r="G42" t="s">
         <v>49</v>
       </c>
       <c r="H42" t="s">
         <v>50</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N42" t="s" s="5">
         <v>51</v>
       </c>
@@ -6849,51 +6846,51 @@
       <c r="AA42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI42" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AJ42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>51</v>
       </c>
@@ -6907,51 +6904,51 @@
         <v>52</v>
       </c>
       <c r="AU42" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>117</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
           <t>10635Про затвердження технічних документацій із землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для будівництва та обслуговування житлових будинків,</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>79</v>
       </c>
       <c r="E43" t="s">
         <v>47</v>
       </c>
       <c r="F43" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="G43" t="s">
         <v>49</v>
       </c>
       <c r="H43" t="s">
         <v>50</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N43" t="s" s="5">
         <v>51</v>
       </c>
@@ -6994,51 +6991,51 @@
       <c r="AA43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI43" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AJ43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>51</v>
       </c>
@@ -9364,51 +9361,51 @@
         <v>51</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
         <v>140</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
           <t>10652Про внесення змін до рішення Дрогобицької міської ради від 09.01.2025 № 2901 «Про затвердження Програми «Пакунок малюка на 2025 рік»</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>79</v>
       </c>
       <c r="E60" t="s">
         <v>47</v>
       </c>
       <c r="F60" t="s">
-        <v>73</v>
+        <v>57</v>
       </c>
       <c r="G60" t="s">
         <v>49</v>
       </c>
       <c r="H60" t="s">
         <v>50</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N60" t="s" s="5">
         <v>52</v>
       </c>
@@ -9418,51 +9415,51 @@
       <c r="P60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="T60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="V60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X60" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Y60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF60" t="s" s="5">
         <v>51</v>
       </c>
@@ -11234,54 +11231,54 @@
         <v>51</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU72" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
         <v>164</v>
       </c>
       <c r="C73" t="inlineStr" s="4">
         <is>
           <t>10667Про припинення права постійного користування земельною ділянкою на вулиці П. Орлика у м. Дрогобичі</t>
         </is>
       </c>
       <c r="D73" t="s">
         <v>76</v>
       </c>
       <c r="E73" t="s">
-        <v>99</v>
+        <v>47</v>
       </c>
       <c r="F73" t="s">
-        <v>165</v>
+        <v>102</v>
       </c>
       <c r="G73" t="s">
         <v>49</v>
       </c>
       <c r="H73" t="s">
         <v>50</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N73" t="s" s="5">
         <v>51</v>
       </c>
@@ -11297,125 +11294,125 @@
       <c r="R73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="V73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z73" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AA73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK73" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AL73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU73" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
+        <v>165</v>
+      </c>
+      <c r="C74" t="s" s="4">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="D74" t="s">
         <v>46</v>
       </c>
       <c r="E74" t="s">
         <v>47</v>
       </c>
       <c r="F74" t="s">
         <v>57</v>
       </c>
       <c r="G74" t="s">
         <v>49</v>
       </c>
       <c r="H74" t="s">
         <v>50</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>51</v>
       </c>
@@ -11511,54 +11508,54 @@
       </c>
       <c r="AP74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU74" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
+        <v>167</v>
+      </c>
+      <c r="C75" t="s" s="4">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="D75" t="s">
         <v>56</v>
       </c>
       <c r="E75" t="s">
         <v>47</v>
       </c>
       <c r="F75" t="s">
         <v>57</v>
       </c>
       <c r="G75" t="s">
         <v>49</v>
       </c>
       <c r="H75" t="s">
         <v>50</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>51</v>
       </c>
@@ -11654,114 +11651,114 @@
       </c>
       <c r="AP75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT75" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU75" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
+        <v>169</v>
+      </c>
+      <c r="C76" t="s" s="4">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="D76" t="s">
         <v>56</v>
       </c>
       <c r="E76" t="s">
         <v>99</v>
       </c>
       <c r="F76" t="s">
+        <v>171</v>
+      </c>
+      <c r="G76" t="s">
         <v>172</v>
       </c>
-      <c r="G76" t="s">
+      <c r="H76" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>156</v>
       </c>
       <c r="J76" t="s" s="5">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="V76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W76" t="s" s="5">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="X76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC76" t="s" s="5">
         <v>156</v>
       </c>
       <c r="AD76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE76" t="s" s="5">
         <v>53</v>
       </c>
@@ -11797,54 +11794,54 @@
       </c>
       <c r="AP76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU76" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
+        <v>175</v>
+      </c>
+      <c r="C77" t="s" s="4">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="D77" t="s">
         <v>76</v>
       </c>
       <c r="E77" t="s">
         <v>47</v>
       </c>
       <c r="F77" t="s">
         <v>73</v>
       </c>
       <c r="G77" t="s">
         <v>49</v>
       </c>
       <c r="H77" t="s">
         <v>50</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>51</v>
       </c>
@@ -11940,65 +11937,65 @@
       </c>
       <c r="AP77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU77" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="C78" t="inlineStr" s="4">
         <is>
           <t>10673Про включення до переліку земельних ділянок, право оренди яких підлягає продажу на конкурентних засадах (на земельних торгах у формі електронного аукціону), земельних ділянок та про надання</t>
         </is>
       </c>
       <c r="D78" t="s">
         <v>79</v>
       </c>
       <c r="E78" t="s">
         <v>47</v>
       </c>
       <c r="F78" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="G78" t="s">
         <v>49</v>
       </c>
       <c r="H78" t="s">
         <v>50</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N78" t="s" s="5">
         <v>51</v>
       </c>
@@ -12023,51 +12020,51 @@
       <c r="U78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="V78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC78" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AD78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK78" t="s" s="5">
         <v>51</v>
       </c>
@@ -12085,51 +12082,51 @@
       </c>
       <c r="AP78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU78" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C79" t="inlineStr" s="4">
         <is>
           <t>10674Про включення до переліку земельних ділянок, право оренди яких підлягає продажу на конкурентних засадах (на земельних торгах у формі електронного аукціону), земельної ділянки та про надання</t>
         </is>
       </c>
       <c r="D79" t="s">
         <v>79</v>
       </c>
       <c r="E79" t="s">
         <v>47</v>
       </c>
       <c r="F79" t="s">
         <v>57</v>
       </c>
       <c r="G79" t="s">
         <v>49</v>
       </c>
       <c r="H79" t="s">
         <v>50</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J79" t="s" s="5">
@@ -12230,51 +12227,51 @@
       </c>
       <c r="AP79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU79" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="C80" t="inlineStr" s="4">
         <is>
           <t>10675Про включення до переліку земельних ділянок, які підлягають продажу на конкурентних засадах (на земельних торгах у формі електронного аукціону) земельної ділянки та про надання дозволу на</t>
         </is>
       </c>
       <c r="D80" t="s">
         <v>79</v>
       </c>
       <c r="E80" t="s">
         <v>47</v>
       </c>
       <c r="F80" t="s">
         <v>57</v>
       </c>
       <c r="G80" t="s">
         <v>49</v>
       </c>
       <c r="H80" t="s">
         <v>50</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J80" t="s" s="5">
@@ -12375,51 +12372,51 @@
       </c>
       <c r="AP80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU80" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C81" t="inlineStr" s="4">
         <is>
           <t>10676Про  затвердження проекту землеустрою щодо відведення земельної ділянки для розміщення та експлуатації будівель і споруд автомобільного транспорту та дорожнього господарства, площею 0,0465</t>
         </is>
       </c>
       <c r="D81" t="s">
         <v>79</v>
       </c>
       <c r="E81" t="s">
         <v>47</v>
       </c>
       <c r="F81" t="s">
         <v>102</v>
       </c>
       <c r="G81" t="s">
         <v>49</v>
       </c>
       <c r="H81" t="s">
         <v>50</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J81" t="s" s="5">
@@ -12520,51 +12517,51 @@
       </c>
       <c r="AP81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU81" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="C82" t="inlineStr" s="4">
         <is>
           <t>10677Про  затвердження проекту землеустрою щодо відведення земельної ділянки для розміщення та експлуатації будівель і споруд автомобільного транспорту та дорожнього господарства, площею 0,9000</t>
         </is>
       </c>
       <c r="D82" t="s">
         <v>79</v>
       </c>
       <c r="E82" t="s">
         <v>47</v>
       </c>
       <c r="F82" t="s">
         <v>73</v>
       </c>
       <c r="G82" t="s">
         <v>49</v>
       </c>
       <c r="H82" t="s">
         <v>50</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J82" t="s" s="5">
@@ -12670,220 +12667,220 @@
         <v>51</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU82" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="83">
       <c r="A83"/>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
       <c r="F83"/>
       <c r="G83"/>
       <c r="H83"/>
       <c r="I83" t="s">
+        <v>182</v>
+      </c>
+      <c r="J83" t="s">
         <v>183</v>
       </c>
-      <c r="J83" t="s">
+      <c r="K83" t="s">
         <v>184</v>
       </c>
-      <c r="K83" t="s">
+      <c r="L83" t="s">
         <v>185</v>
       </c>
-      <c r="L83" t="s">
+      <c r="M83" t="s">
         <v>186</v>
       </c>
-      <c r="M83" t="s">
+      <c r="N83" t="s">
         <v>187</v>
       </c>
-      <c r="N83" t="s">
+      <c r="O83" t="s">
         <v>188</v>
       </c>
-      <c r="O83" t="s">
+      <c r="P83" t="s">
         <v>189</v>
       </c>
-      <c r="P83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q83" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="R83" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="S83" t="s">
         <v>102</v>
       </c>
       <c r="T83" t="s">
+        <v>190</v>
+      </c>
+      <c r="U83" t="s">
+        <v>189</v>
+      </c>
+      <c r="V83" t="s">
+        <v>189</v>
+      </c>
+      <c r="W83" t="s">
         <v>191</v>
       </c>
-      <c r="U83" t="s">
+      <c r="X83" t="s">
         <v>190</v>
       </c>
-      <c r="V83" t="s">
-[...2 lines deleted...]
-      <c r="W83" t="s">
+      <c r="Y83" t="s">
         <v>192</v>
       </c>
-      <c r="X83" t="s">
+      <c r="Z83" t="s">
+        <v>185</v>
+      </c>
+      <c r="AA83" t="s">
         <v>193</v>
       </c>
-      <c r="Y83" t="s">
+      <c r="AB83" t="s">
+        <v>183</v>
+      </c>
+      <c r="AC83" t="s">
         <v>194</v>
       </c>
-      <c r="Z83" t="s">
+      <c r="AD83" t="s">
+        <v>189</v>
+      </c>
+      <c r="AE83" t="s">
+        <v>189</v>
+      </c>
+      <c r="AF83" t="s">
+        <v>195</v>
+      </c>
+      <c r="AG83" t="s">
+        <v>196</v>
+      </c>
+      <c r="AH83" t="s">
         <v>187</v>
       </c>
-      <c r="AA83" t="s">
-[...5 lines deleted...]
-      <c r="AC83" t="s">
+      <c r="AI83" t="s">
+        <v>197</v>
+      </c>
+      <c r="AJ83" t="s">
+        <v>198</v>
+      </c>
+      <c r="AK83" t="s">
         <v>191</v>
-      </c>
-[...22 lines deleted...]
-        <v>200</v>
       </c>
       <c r="AL83" t="s">
         <v>127</v>
       </c>
       <c r="AM83" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="AN83" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="AO83" t="s">
         <v>154</v>
       </c>
       <c r="AP83" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="AQ83" t="s">
+        <v>201</v>
+      </c>
+      <c r="AR83" t="s">
+        <v>185</v>
+      </c>
+      <c r="AS83" t="s">
         <v>202</v>
       </c>
-      <c r="AR83" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AT83" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="AU83" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
     </row>
     <row r="84">
       <c r="A84"/>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84"/>
       <c r="G84"/>
       <c r="H84"/>
       <c r="I84" t="s">
         <v>49</v>
       </c>
       <c r="J84" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="K84" t="s">
         <v>49</v>
       </c>
       <c r="L84" t="s">
         <v>49</v>
       </c>
       <c r="M84" t="s">
         <v>49</v>
       </c>
       <c r="N84" t="s">
         <v>49</v>
       </c>
       <c r="O84" t="s">
         <v>49</v>
       </c>
       <c r="P84" t="s">
         <v>49</v>
       </c>
       <c r="Q84" t="s">
         <v>49</v>
       </c>
       <c r="R84" t="s">
         <v>49</v>
       </c>
       <c r="S84" t="s">
         <v>49</v>
       </c>
       <c r="T84" t="s">
         <v>49</v>
       </c>
       <c r="U84" t="s">
         <v>49</v>
       </c>
       <c r="V84" t="s">
         <v>49</v>
       </c>
       <c r="W84" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="X84" t="s">
         <v>49</v>
       </c>
       <c r="Y84" t="s">
         <v>49</v>
       </c>
       <c r="Z84" t="s">
         <v>49</v>
       </c>
       <c r="AA84" t="s">
         <v>49</v>
       </c>
       <c r="AB84" t="s">
         <v>49</v>
       </c>
       <c r="AC84" t="s">
         <v>49</v>
       </c>
       <c r="AD84" t="s">
         <v>49</v>
       </c>
       <c r="AE84" t="s">
         <v>49</v>
       </c>
@@ -12924,419 +12921,419 @@
         <v>49</v>
       </c>
       <c r="AR84" t="s">
         <v>49</v>
       </c>
       <c r="AS84" t="s">
         <v>49</v>
       </c>
       <c r="AT84" t="s">
         <v>49</v>
       </c>
       <c r="AU84" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="85">
       <c r="A85"/>
       <c r="B85"/>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85"/>
       <c r="G85"/>
       <c r="H85"/>
       <c r="I85" t="s">
+        <v>204</v>
+      </c>
+      <c r="J85" t="s">
         <v>205</v>
       </c>
-      <c r="J85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K85" t="s">
+        <v>204</v>
+      </c>
+      <c r="L85" t="s">
+        <v>204</v>
+      </c>
+      <c r="M85" t="s">
         <v>205</v>
       </c>
-      <c r="L85" t="s">
+      <c r="N85" t="s">
         <v>205</v>
       </c>
-      <c r="M85" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O85" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="P85" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="Q85" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="R85" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="S85" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="T85" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="U85" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="V85" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="W85" t="s">
+        <v>204</v>
+      </c>
+      <c r="X85" t="s">
         <v>205</v>
       </c>
-      <c r="X85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y85" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="Z85" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="AA85" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="AB85" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="AC85" t="s">
+        <v>204</v>
+      </c>
+      <c r="AD85" t="s">
         <v>205</v>
       </c>
-      <c r="AD85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE85" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="AF85" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="AG85" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="AH85" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="AI85" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="AJ85" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="AK85" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="AL85" t="s">
+        <v>204</v>
+      </c>
+      <c r="AM85" t="s">
         <v>205</v>
       </c>
-      <c r="AM85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AN85" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="AO85" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="AP85" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="AQ85" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="AR85" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="AS85" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="AT85" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="AU85" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
     </row>
     <row r="86">
       <c r="A86"/>
       <c r="B86"/>
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
       <c r="F86"/>
       <c r="G86"/>
       <c r="H86"/>
       <c r="I86" t="s">
+        <v>206</v>
+      </c>
+      <c r="J86" t="s">
         <v>207</v>
       </c>
-      <c r="J86" t="s">
+      <c r="K86" t="s">
         <v>208</v>
       </c>
-      <c r="K86" t="s">
+      <c r="L86" t="s">
         <v>209</v>
       </c>
-      <c r="L86" t="s">
+      <c r="M86" t="s">
         <v>210</v>
       </c>
-      <c r="M86" t="s">
+      <c r="N86" t="s">
         <v>211</v>
       </c>
-      <c r="N86" t="s">
+      <c r="O86" t="s">
         <v>212</v>
       </c>
-      <c r="O86" t="s">
+      <c r="P86" t="s">
+        <v>207</v>
+      </c>
+      <c r="Q86" t="s">
+        <v>207</v>
+      </c>
+      <c r="R86" t="s">
         <v>213</v>
       </c>
-      <c r="P86" t="s">
-[...5 lines deleted...]
-      <c r="R86" t="s">
+      <c r="S86" t="s">
         <v>214</v>
       </c>
-      <c r="S86" t="s">
+      <c r="T86" t="s">
+        <v>214</v>
+      </c>
+      <c r="U86" t="s">
+        <v>207</v>
+      </c>
+      <c r="V86" t="s">
+        <v>207</v>
+      </c>
+      <c r="W86" t="s">
+        <v>214</v>
+      </c>
+      <c r="X86" t="s">
         <v>215</v>
       </c>
-      <c r="T86" t="s">
-[...11 lines deleted...]
-      <c r="X86" t="s">
+      <c r="Y86" t="s">
         <v>216</v>
       </c>
-      <c r="Y86" t="s">
+      <c r="Z86" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA86" t="s">
         <v>217</v>
       </c>
-      <c r="Z86" t="s">
+      <c r="AB86" t="s">
+        <v>214</v>
+      </c>
+      <c r="AC86" t="s">
+        <v>218</v>
+      </c>
+      <c r="AD86" t="s">
+        <v>207</v>
+      </c>
+      <c r="AE86" t="s">
+        <v>207</v>
+      </c>
+      <c r="AF86" t="s">
+        <v>219</v>
+      </c>
+      <c r="AG86" t="s">
+        <v>220</v>
+      </c>
+      <c r="AH86" t="s">
         <v>211</v>
       </c>
-      <c r="AA86" t="s">
-[...17 lines deleted...]
-      <c r="AG86" t="s">
+      <c r="AI86" t="s">
+        <v>206</v>
+      </c>
+      <c r="AJ86" t="s">
         <v>221</v>
-      </c>
-[...7 lines deleted...]
-        <v>222</v>
       </c>
       <c r="AK86" t="s">
         <v>209</v>
       </c>
       <c r="AL86" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="AM86" t="s">
+        <v>206</v>
+      </c>
+      <c r="AN86" t="s">
         <v>207</v>
       </c>
-      <c r="AN86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AO86" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="AP86" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="AQ86" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="AR86" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="AS86" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="AT86" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="AU86" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
     </row>
     <row r="87">
       <c r="A87"/>
       <c r="B87"/>
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
       <c r="F87"/>
       <c r="G87"/>
       <c r="H87"/>
       <c r="I87" t="s">
+        <v>223</v>
+      </c>
+      <c r="J87" t="s">
+        <v>223</v>
+      </c>
+      <c r="K87" t="s">
+        <v>223</v>
+      </c>
+      <c r="L87" t="s">
         <v>224</v>
       </c>
-      <c r="J87" t="s">
-[...5 lines deleted...]
-      <c r="L87" t="s">
+      <c r="M87" t="s">
+        <v>223</v>
+      </c>
+      <c r="N87" t="s">
+        <v>223</v>
+      </c>
+      <c r="O87" t="s">
         <v>225</v>
       </c>
-      <c r="M87" t="s">
-[...5 lines deleted...]
-      <c r="O87" t="s">
+      <c r="P87" t="s">
         <v>226</v>
       </c>
-      <c r="P87" t="s">
+      <c r="Q87" t="s">
+        <v>226</v>
+      </c>
+      <c r="R87" t="s">
         <v>227</v>
       </c>
-      <c r="Q87" t="s">
-[...2 lines deleted...]
-      <c r="R87" t="s">
+      <c r="S87" t="s">
         <v>228</v>
       </c>
-      <c r="S87" t="s">
+      <c r="T87" t="s">
         <v>229</v>
       </c>
-      <c r="T87" t="s">
+      <c r="U87" t="s">
+        <v>226</v>
+      </c>
+      <c r="V87" t="s">
+        <v>226</v>
+      </c>
+      <c r="W87" t="s">
+        <v>223</v>
+      </c>
+      <c r="X87" t="s">
+        <v>223</v>
+      </c>
+      <c r="Y87" t="s">
+        <v>225</v>
+      </c>
+      <c r="Z87" t="s">
+        <v>223</v>
+      </c>
+      <c r="AA87" t="s">
+        <v>223</v>
+      </c>
+      <c r="AB87" t="s">
+        <v>223</v>
+      </c>
+      <c r="AC87" t="s">
+        <v>223</v>
+      </c>
+      <c r="AD87" t="s">
+        <v>226</v>
+      </c>
+      <c r="AE87" t="s">
+        <v>226</v>
+      </c>
+      <c r="AF87" t="s">
+        <v>225</v>
+      </c>
+      <c r="AG87" t="s">
+        <v>225</v>
+      </c>
+      <c r="AH87" t="s">
+        <v>223</v>
+      </c>
+      <c r="AI87" t="s">
         <v>230</v>
       </c>
-      <c r="U87" t="s">
-[...11 lines deleted...]
-      <c r="Y87" t="s">
+      <c r="AJ87" t="s">
+        <v>225</v>
+      </c>
+      <c r="AK87" t="s">
+        <v>223</v>
+      </c>
+      <c r="AL87" t="s">
+        <v>228</v>
+      </c>
+      <c r="AM87" t="s">
+        <v>223</v>
+      </c>
+      <c r="AN87" t="s">
         <v>226</v>
       </c>
-      <c r="Z87" t="s">
-[...26 lines deleted...]
-      <c r="AI87" t="s">
+      <c r="AO87" t="s">
         <v>231</v>
       </c>
-      <c r="AJ87" t="s">
-[...14 lines deleted...]
-      <c r="AO87" t="s">
+      <c r="AP87" t="s">
+        <v>223</v>
+      </c>
+      <c r="AQ87" t="s">
+        <v>223</v>
+      </c>
+      <c r="AR87" t="s">
         <v>232</v>
       </c>
-      <c r="AP87" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AS87" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="AT87" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="AU87" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>