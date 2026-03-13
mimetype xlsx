--- v0 (2025-12-15)
+++ v1 (2026-03-13)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="323" uniqueCount="323">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="328" uniqueCount="328">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>LXX сесія VIII скликання</t>
   </si>
   <si>
     <t>Дрогобицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Андрухів Андрій Васильович</t>
   </si>
   <si>
     <t>Беднарчик Наталія Миронівна</t>
   </si>
   <si>
     <t>Бейзик Роман Степанович</t>
   </si>
   <si>
@@ -638,53 +638,50 @@
   <si>
     <t>08.10.25  10:58:41</t>
   </si>
   <si>
     <t>10535Про надання дозволу на списання основних засобів, малоцінного інвентаря</t>
   </si>
   <si>
     <t>08.10.25  11:00:17</t>
   </si>
   <si>
     <t>08.10.25  11:00:56</t>
   </si>
   <si>
     <t>08.10.25  11:01:34</t>
   </si>
   <si>
     <t>08.10.25  11:02:30</t>
   </si>
   <si>
     <t>08.10.25  11:03:14</t>
   </si>
   <si>
     <t>08.10.25  11:04:37</t>
   </si>
   <si>
-    <t>За: 18</t>
-[...1 lines deleted...]
-  <si>
     <t>Утримались: 2</t>
   </si>
   <si>
     <t>08.10.25  11:05:53</t>
   </si>
   <si>
     <t>08.10.25  11:06:42</t>
   </si>
   <si>
     <t>10543зняти з розгляду п. 3</t>
   </si>
   <si>
     <t>08.10.25  11:07:21</t>
   </si>
   <si>
     <t>08.10.25  11:07:59</t>
   </si>
   <si>
     <t>08.10.25  11:08:37</t>
   </si>
   <si>
     <t>08.10.25  11:09:23</t>
   </si>
   <si>
     <t>10547внести зміни в.п.1 та п.2 вказати кад. номер</t>
@@ -800,201 +797,219 @@
   <si>
     <t>08.10.25  11:34:38</t>
   </si>
   <si>
     <t>08.10.25  11:35:17</t>
   </si>
   <si>
     <t>08.10.25  11:36:11</t>
   </si>
   <si>
     <t>08.10.25  11:36:54</t>
   </si>
   <si>
     <t>08.10.25  11:39:28</t>
   </si>
   <si>
     <t>08.10.25  11:53:04</t>
   </si>
   <si>
     <t>08.10.25  11:53:44</t>
   </si>
   <si>
     <t>08.10.25  11:54:33</t>
   </si>
   <si>
+    <t>За: 131</t>
+  </si>
+  <si>
+    <t>За: 136</t>
+  </si>
+  <si>
+    <t>За: 139</t>
+  </si>
+  <si>
+    <t>За: 140</t>
+  </si>
+  <si>
+    <t>За: 134</t>
+  </si>
+  <si>
+    <t>За: 87</t>
+  </si>
+  <si>
+    <t>За: 49</t>
+  </si>
+  <si>
+    <t>За: 0</t>
+  </si>
+  <si>
+    <t>За: 78</t>
+  </si>
+  <si>
     <t>За: 130</t>
   </si>
   <si>
     <t>За: 135</t>
   </si>
   <si>
-    <t>За: 139</t>
-[...14 lines deleted...]
-    <t>За: 0</t>
+    <t>За: 141</t>
+  </si>
+  <si>
+    <t>За: 110</t>
+  </si>
+  <si>
+    <t>За: 58</t>
+  </si>
+  <si>
+    <t>За: 137</t>
+  </si>
+  <si>
+    <t>За: 42</t>
+  </si>
+  <si>
+    <t>За: 121</t>
+  </si>
+  <si>
+    <t>За: 35</t>
+  </si>
+  <si>
+    <t>За: 59</t>
+  </si>
+  <si>
+    <t>За: 65</t>
+  </si>
+  <si>
+    <t>За: 88</t>
+  </si>
+  <si>
+    <t>За: 57</t>
+  </si>
+  <si>
+    <t>За: 47</t>
   </si>
   <si>
     <t>За: 73</t>
   </si>
   <si>
-    <t>За: 109</t>
-[...34 lines deleted...]
-  <si>
     <t>За: 129</t>
   </si>
   <si>
     <t>За: 143</t>
   </si>
   <si>
     <t>Проти: 4</t>
   </si>
   <si>
     <t>Утр.: 0</t>
   </si>
   <si>
     <t>Утр.: 1</t>
   </si>
   <si>
     <t>Утр.: 3</t>
   </si>
   <si>
+    <t>Не голос.: 12</t>
+  </si>
+  <si>
+    <t>Не голос.: 7</t>
+  </si>
+  <si>
+    <t>Не голос.: 4</t>
+  </si>
+  <si>
+    <t>Не голос.: 3</t>
+  </si>
+  <si>
+    <t>Не голос.: 9</t>
+  </si>
+  <si>
+    <t>Не голос.: 56</t>
+  </si>
+  <si>
+    <t>Не голос.: 33</t>
+  </si>
+  <si>
+    <t>Не голос.: 0</t>
+  </si>
+  <si>
+    <t>Не голос.: 65</t>
+  </si>
+  <si>
     <t>Не голос.: 13</t>
   </si>
   <si>
+    <t>Не голос.: 2</t>
+  </si>
+  <si>
+    <t>Не голос.: 32</t>
+  </si>
+  <si>
+    <t>Не голос.: 25</t>
+  </si>
+  <si>
+    <t>Не голос.: 6</t>
+  </si>
+  <si>
+    <t>Не голос.: 18</t>
+  </si>
+  <si>
+    <t>Не голос.: 21</t>
+  </si>
+  <si>
+    <t>Не голос.: 10</t>
+  </si>
+  <si>
+    <t>Не голос.: 41</t>
+  </si>
+  <si>
+    <t>Не голос.: 42</t>
+  </si>
+  <si>
+    <t>Не голос.: 48</t>
+  </si>
+  <si>
+    <t>Не голос.: 35</t>
+  </si>
+  <si>
+    <t>Не голос.: 81</t>
+  </si>
+  <si>
+    <t>Не голос.: 70</t>
+  </si>
+  <si>
     <t>Не голос.: 8</t>
   </si>
   <si>
-    <t>Не голос.: 4</t>
-[...55 lines deleted...]
-  <si>
     <t>Не голос.: 14</t>
   </si>
   <si>
     <t>Відсут.: 0</t>
   </si>
   <si>
-    <t>Відсут.: 62</t>
+    <t>Відсут.: 61</t>
   </si>
   <si>
     <t>Відсут.: 143</t>
   </si>
   <si>
     <t>Відсут.: 60</t>
   </si>
   <si>
     <t>Відсут.: 83</t>
   </si>
   <si>
     <t>Відсут.: 98</t>
   </si>
   <si>
     <t>Відсут.: 43</t>
   </si>
   <si>
     <t>Відсут.: 36</t>
   </si>
   <si>
     <t>Відсут.: 1</t>
   </si>
   <si>
     <t>Відсут.: 16</t>
   </si>
@@ -4848,93 +4863,93 @@
         <v>51</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>104</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
           <t>10466Про зміну типу, назви та затвердження нової редакції статутів закладів дошкільної освіти Дрогобицької міської ради Львівської області</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>88</v>
       </c>
       <c r="E27" t="s">
         <v>47</v>
       </c>
       <c r="F27" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="G27" t="s">
         <v>49</v>
       </c>
       <c r="H27" t="s">
         <v>50</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T27" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="U27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB27" t="s" s="5">
         <v>51</v>
       </c>
@@ -6008,51 +6023,51 @@
         <v>51</v>
       </c>
       <c r="AU34" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>112</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
           <t>10474Про внесення змін в рішення Дрогобицької міської ради від 25 травня 2023 року № 1637 «Про затвердження структури Дрогобицької міської ради, загальної чисельності».</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>88</v>
       </c>
       <c r="E35" t="s">
         <v>47</v>
       </c>
       <c r="F35" t="s">
-        <v>101</v>
+        <v>57</v>
       </c>
       <c r="G35" t="s">
         <v>49</v>
       </c>
       <c r="H35" t="s">
         <v>102</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N35" t="s" s="5">
         <v>53</v>
       </c>
@@ -6095,51 +6110,51 @@
       <c r="AA35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI35" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AJ35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>51</v>
       </c>
@@ -6153,51 +6168,51 @@
         <v>51</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>113</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
           <t>10475Про  передачу  матеріальних цінностей комунальним некомерційним підприємством «Дрогобицька міська лікарня №1» Дрогобицької міської ради військовій частині 3002 Національної гвардії</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>88</v>
       </c>
       <c r="E36" t="s">
         <v>47</v>
       </c>
       <c r="F36" t="s">
-        <v>67</v>
+        <v>101</v>
       </c>
       <c r="G36" t="s">
         <v>49</v>
       </c>
       <c r="H36" t="s">
         <v>50</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N36" t="s" s="5">
         <v>51</v>
       </c>
@@ -6207,51 +6222,51 @@
       <c r="P36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X36" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="Y36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AA36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF36" t="s" s="5">
         <v>53</v>
       </c>
@@ -8179,63 +8194,63 @@
         <v>51</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>134</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
           <t>10489Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок для будівництва та експлуатації гідротехнічних, гідрометричних та лінійних споруд  </t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>88</v>
       </c>
       <c r="E50" t="s">
         <v>47</v>
       </c>
       <c r="F50" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="G50" t="s">
         <v>49</v>
       </c>
       <c r="H50" t="s">
         <v>50</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J50" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R50" t="s" s="5">
         <v>53</v>
       </c>
@@ -8321,54 +8336,54 @@
         <v>52</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU50" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>135</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
           <t>10490Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки під об’єктом нерухомого майна на вул. Самбірській 85 в м. Дрогобичі  </t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>88</v>
       </c>
       <c r="E51" t="s">
-        <v>117</v>
+        <v>47</v>
       </c>
       <c r="F51" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="G51" t="s">
         <v>49</v>
       </c>
       <c r="H51" t="s">
         <v>50</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N51" t="s" s="5">
         <v>53</v>
       </c>
@@ -8390,51 +8405,51 @@
       <c r="T51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB51" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AC51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ51" t="s" s="5">
         <v>53</v>
       </c>
@@ -10344,51 +10359,51 @@
       </c>
       <c r="AT64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU64" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
         <v>153</v>
       </c>
       <c r="C65" t="s" s="4">
         <v>154</v>
       </c>
       <c r="D65" t="s">
         <v>56</v>
       </c>
       <c r="E65" t="s">
         <v>47</v>
       </c>
       <c r="F65" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="G65" t="s">
         <v>49</v>
       </c>
       <c r="H65" t="s">
         <v>50</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N65" t="s" s="5">
         <v>51</v>
       </c>
@@ -10428,51 +10443,51 @@
       <c r="Z65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH65" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AI65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP65" t="s" s="5">
         <v>51</v>
       </c>
@@ -13081,78 +13096,78 @@
       </c>
       <c r="AT83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU83" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
         <v>183</v>
       </c>
       <c r="C84" t="s" s="4">
         <v>184</v>
       </c>
       <c r="D84" t="s">
         <v>88</v>
       </c>
       <c r="E84" t="s">
         <v>47</v>
       </c>
       <c r="F84" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="G84" t="s">
         <v>49</v>
       </c>
       <c r="H84" t="s">
         <v>50</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O84" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="P84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W84" t="s" s="5">
         <v>51</v>
       </c>
@@ -13797,54 +13812,54 @@
         <v>52</v>
       </c>
       <c r="AT88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU88" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
         <v>192</v>
       </c>
       <c r="C89" t="inlineStr" s="4">
         <is>
           <t>10529Про надання дозволу на розроблення проєкту містобудівної документації «Детальний план території земельних ділянок (кадастрові номери: 4621286100:04:000:0139, 4621286100:04:000:0140 (приватна власність) для</t>
         </is>
       </c>
       <c r="D89" t="s">
         <v>88</v>
       </c>
       <c r="E89" t="s">
-        <v>117</v>
+        <v>47</v>
       </c>
       <c r="F89" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="G89" t="s">
         <v>49</v>
       </c>
       <c r="H89" t="s">
         <v>50</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N89" t="s" s="5">
         <v>53</v>
       </c>
@@ -13869,90 +13884,90 @@
       <c r="U89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC89" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AD89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP89" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AQ89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU89" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
         <v>193</v>
       </c>
       <c r="C90" t="inlineStr" s="4">
@@ -15242,120 +15257,120 @@
         <v>51</v>
       </c>
       <c r="AU98" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
         <v>206</v>
       </c>
       <c r="C99" t="inlineStr" s="4">
         <is>
           <t>10539Про затвердження Статуту Комунальної установи `Інститут міста Дрогобича` Дрогобицької міської ради у новій редакції</t>
         </is>
       </c>
       <c r="D99" t="s">
         <v>88</v>
       </c>
       <c r="E99" t="s">
         <v>47</v>
       </c>
       <c r="F99" t="s">
-        <v>101</v>
+        <v>48</v>
       </c>
       <c r="G99" t="s">
         <v>49</v>
       </c>
       <c r="H99" t="s">
         <v>50</v>
       </c>
       <c r="I99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q99" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="R99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC99" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AD99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK99" t="s" s="5">
         <v>51</v>
       </c>
@@ -15387,84 +15402,84 @@
         <v>51</v>
       </c>
       <c r="AU99" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
         <v>207</v>
       </c>
       <c r="C100" t="inlineStr" s="4">
         <is>
           <t>10540Про доповнення Плану діяльності з підготовки ​​​​​​​проектів регуляторних актів на 2025 рік</t>
         </is>
       </c>
       <c r="D100" t="s">
         <v>88</v>
       </c>
       <c r="E100" t="s">
         <v>47</v>
       </c>
       <c r="F100" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="G100" t="s">
         <v>49</v>
       </c>
       <c r="H100" t="s">
         <v>50</v>
       </c>
       <c r="I100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="O100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q100" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="R100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y100" t="s" s="5">
         <v>51</v>
       </c>
@@ -15529,87 +15544,87 @@
         <v>52</v>
       </c>
       <c r="AT100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU100" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
         <v>208</v>
       </c>
       <c r="C101" t="inlineStr" s="4">
         <is>
           <t>10541Про відмову у наданні дозволів на виготовлення проектів землеустрою щодо відведення земельних ділянок, у наданні в оренду земельної ділянки</t>
         </is>
       </c>
       <c r="D101" t="s">
         <v>88</v>
       </c>
       <c r="E101" t="s">
-        <v>117</v>
+        <v>47</v>
       </c>
       <c r="F101" t="s">
-        <v>209</v>
+        <v>115</v>
       </c>
       <c r="G101" t="s">
         <v>49</v>
       </c>
       <c r="H101" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N101" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="O101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q101" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="R101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S101" t="s" s="5">
         <v>103</v>
       </c>
       <c r="T101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W101" t="s" s="5">
         <v>103</v>
       </c>
       <c r="X101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y101" t="s" s="5">
         <v>53</v>
       </c>
@@ -15625,89 +15640,89 @@
       <c r="AC101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK101" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AL101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU101" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="C102" t="inlineStr" s="4">
         <is>
           <t>10542Про внесення змін у підпункти рішень Дрогобицької міської ради та рішення виконкому Дрогобицької міської ради</t>
         </is>
       </c>
       <c r="D102" t="s">
         <v>46</v>
       </c>
       <c r="E102" t="s">
         <v>47</v>
       </c>
       <c r="F102" t="s">
         <v>57</v>
       </c>
       <c r="G102" t="s">
         <v>49</v>
       </c>
       <c r="H102" t="s">
         <v>50</v>
       </c>
       <c r="I102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J102" t="s" s="5">
@@ -15808,54 +15823,54 @@
       </c>
       <c r="AP102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU102" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
+        <v>211</v>
+      </c>
+      <c r="C103" t="s" s="4">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
       <c r="D103" t="s">
         <v>56</v>
       </c>
       <c r="E103" t="s">
         <v>47</v>
       </c>
       <c r="F103" t="s">
         <v>67</v>
       </c>
       <c r="G103" t="s">
         <v>49</v>
       </c>
       <c r="H103" t="s">
         <v>50</v>
       </c>
       <c r="I103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K103" t="s" s="5">
         <v>51</v>
       </c>
@@ -15951,51 +15966,51 @@
       </c>
       <c r="AP103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU103" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C104" t="inlineStr" s="4">
         <is>
           <t>10544Про внесення змін у підпункти рішень Дрогобицької міської ради та рішення виконкому Дрогобицької міської ради</t>
         </is>
       </c>
       <c r="D104" t="s">
         <v>76</v>
       </c>
       <c r="E104" t="s">
         <v>47</v>
       </c>
       <c r="F104" t="s">
         <v>57</v>
       </c>
       <c r="G104" t="s">
         <v>49</v>
       </c>
       <c r="H104" t="s">
         <v>50</v>
       </c>
       <c r="I104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J104" t="s" s="5">
@@ -16096,51 +16111,51 @@
       </c>
       <c r="AP104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU104" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="C105" t="inlineStr" s="4">
         <is>
           <t>10545Про затвердження технічних документацій із землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для ведення товарного сільськогосподарського</t>
         </is>
       </c>
       <c r="D105" t="s">
         <v>88</v>
       </c>
       <c r="E105" t="s">
         <v>47</v>
       </c>
       <c r="F105" t="s">
         <v>60</v>
       </c>
       <c r="G105" t="s">
         <v>49</v>
       </c>
       <c r="H105" t="s">
         <v>50</v>
       </c>
       <c r="I105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J105" t="s" s="5">
@@ -16241,51 +16256,51 @@
       </c>
       <c r="AP105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS105" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU105" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="C106" t="inlineStr" s="4">
         <is>
           <t>10546Про затвердження технічної документації із землеустрою щодо інвентаризації земельної ділянки під об’єктом нерухомого майна та передачу в оренду земельної ділянки</t>
         </is>
       </c>
       <c r="D106" t="s">
         <v>46</v>
       </c>
       <c r="E106" t="s">
         <v>47</v>
       </c>
       <c r="F106" t="s">
         <v>57</v>
       </c>
       <c r="G106" t="s">
         <v>49</v>
       </c>
       <c r="H106" t="s">
         <v>50</v>
       </c>
       <c r="I106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J106" t="s" s="5">
@@ -16386,54 +16401,54 @@
       </c>
       <c r="AP106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU106" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
+        <v>216</v>
+      </c>
+      <c r="C107" t="s" s="4">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="D107" t="s">
         <v>56</v>
       </c>
       <c r="E107" t="s">
         <v>47</v>
       </c>
       <c r="F107" t="s">
         <v>48</v>
       </c>
       <c r="G107" t="s">
         <v>49</v>
       </c>
       <c r="H107" t="s">
         <v>50</v>
       </c>
       <c r="I107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K107" t="s" s="5">
         <v>51</v>
       </c>
@@ -16529,51 +16544,51 @@
       </c>
       <c r="AP107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU107" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="C108" t="inlineStr" s="4">
         <is>
           <t>10548Про затвердження технічної документації із землеустрою щодо інвентаризації земельної ділянки під об’єктом нерухомого майна та передачу в оренду земельної ділянки</t>
         </is>
       </c>
       <c r="D108" t="s">
         <v>76</v>
       </c>
       <c r="E108" t="s">
         <v>47</v>
       </c>
       <c r="F108" t="s">
         <v>60</v>
       </c>
       <c r="G108" t="s">
         <v>49</v>
       </c>
       <c r="H108" t="s">
         <v>50</v>
       </c>
       <c r="I108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J108" t="s" s="5">
@@ -16674,98 +16689,98 @@
       </c>
       <c r="AP108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU108" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="C109" t="inlineStr" s="4">
         <is>
           <t>10549Про затвердження проектів землеустрою щодо відведення земельних ділянок та передачу в оренду земельних ділянок</t>
         </is>
       </c>
       <c r="D109" t="s">
         <v>88</v>
       </c>
       <c r="E109" t="s">
         <v>47</v>
       </c>
       <c r="F109" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="G109" t="s">
         <v>49</v>
       </c>
       <c r="H109" t="s">
         <v>50</v>
       </c>
       <c r="I109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q109" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="R109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y109" t="s" s="5">
         <v>51</v>
       </c>
@@ -16819,51 +16834,51 @@
       </c>
       <c r="AP109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU109" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="C110" t="inlineStr" s="4">
         <is>
           <t>10550Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки на вул. Бориславській, 17А в с. Нагуєвичі Дрогобицького району</t>
         </is>
       </c>
       <c r="D110" t="s">
         <v>88</v>
       </c>
       <c r="E110" t="s">
         <v>47</v>
       </c>
       <c r="F110" t="s">
         <v>92</v>
       </c>
       <c r="G110" t="s">
         <v>49</v>
       </c>
       <c r="H110" t="s">
         <v>50</v>
       </c>
       <c r="I110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J110" t="s" s="5">
@@ -16964,51 +16979,51 @@
       </c>
       <c r="AP110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT110" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU110" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="C111" t="inlineStr" s="4">
         <is>
           <t>10551Про відмову у наданні згоди на затвердження технічної документації із землеустрою щодо встановлення  (відновлення) меж земельної ділянки в натурі (на місцевості), у включенні в перелік</t>
         </is>
       </c>
       <c r="D111" t="s">
         <v>88</v>
       </c>
       <c r="E111" t="s">
         <v>47</v>
       </c>
       <c r="F111" t="s">
         <v>101</v>
       </c>
       <c r="G111" t="s">
         <v>49</v>
       </c>
       <c r="H111" t="s">
         <v>50</v>
       </c>
       <c r="I111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J111" t="s" s="5">
@@ -17109,51 +17124,51 @@
       </c>
       <c r="AP111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU111" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="C112" t="inlineStr" s="4">
         <is>
           <t>10552Про включення в перелік земельних ділянок несільськогосподарського призначення, які підлягають продажу у власність під об’єктами нерухомого майна, земельної ділянки вул. І. Франка, 42 в м.</t>
         </is>
       </c>
       <c r="D112" t="s">
         <v>88</v>
       </c>
       <c r="E112" t="s">
         <v>47</v>
       </c>
       <c r="F112" t="s">
         <v>77</v>
       </c>
       <c r="G112" t="s">
         <v>49</v>
       </c>
       <c r="H112" t="s">
         <v>50</v>
       </c>
       <c r="I112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J112" t="s" s="5">
@@ -17254,54 +17269,54 @@
       </c>
       <c r="AP112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU112" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
+        <v>223</v>
+      </c>
+      <c r="C113" t="s" s="4">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
       <c r="D113" t="s">
         <v>88</v>
       </c>
       <c r="E113" t="s">
         <v>47</v>
       </c>
       <c r="F113" t="s">
         <v>77</v>
       </c>
       <c r="G113" t="s">
         <v>49</v>
       </c>
       <c r="H113" t="s">
         <v>50</v>
       </c>
       <c r="I113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K113" t="s" s="5">
         <v>51</v>
       </c>
@@ -17397,54 +17412,54 @@
       </c>
       <c r="AP113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU113" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
+        <v>225</v>
+      </c>
+      <c r="C114" t="s" s="4">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="D114" t="s">
         <v>88</v>
       </c>
       <c r="E114" t="s">
         <v>47</v>
       </c>
       <c r="F114" t="s">
         <v>92</v>
       </c>
       <c r="G114" t="s">
         <v>49</v>
       </c>
       <c r="H114" t="s">
         <v>50</v>
       </c>
       <c r="I114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K114" t="s" s="5">
         <v>51</v>
       </c>
@@ -17540,51 +17555,51 @@
       </c>
       <c r="AP114" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS114" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU114" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="C115" t="inlineStr" s="4">
         <is>
           <t>10555Про затвердження проектів землеустрою щодо зміни цільового призначення земельних ділянок та передачу в оренду земельних ділянок</t>
         </is>
       </c>
       <c r="D115" t="s">
         <v>88</v>
       </c>
       <c r="E115" t="s">
         <v>47</v>
       </c>
       <c r="F115" t="s">
         <v>101</v>
       </c>
       <c r="G115" t="s">
         <v>164</v>
       </c>
       <c r="H115" t="s">
         <v>50</v>
       </c>
       <c r="I115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J115" t="s" s="5">
@@ -17685,51 +17700,51 @@
       </c>
       <c r="AP115" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS115" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU115" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="C116" t="inlineStr" s="4">
         <is>
           <t>10556Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) для ведення індивідуального садівництва </t>
         </is>
       </c>
       <c r="D116" t="s">
         <v>88</v>
       </c>
       <c r="E116" t="s">
         <v>47</v>
       </c>
       <c r="F116" t="s">
         <v>48</v>
       </c>
       <c r="G116" t="s">
         <v>49</v>
       </c>
       <c r="H116" t="s">
         <v>50</v>
       </c>
       <c r="I116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J116" t="s" s="5">
@@ -17830,51 +17845,51 @@
       </c>
       <c r="AP116" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS116" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT116" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU116" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="C117" t="inlineStr" s="4">
         <is>
           <t>10557Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) для ведення товарного сільськогосподарського</t>
         </is>
       </c>
       <c r="D117" t="s">
         <v>88</v>
       </c>
       <c r="E117" t="s">
         <v>47</v>
       </c>
       <c r="F117" t="s">
         <v>48</v>
       </c>
       <c r="G117" t="s">
         <v>49</v>
       </c>
       <c r="H117" t="s">
         <v>50</v>
       </c>
       <c r="I117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J117" t="s" s="5">
@@ -17975,65 +17990,65 @@
       </c>
       <c r="AP117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU117" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="C118" t="inlineStr" s="4">
         <is>
           <t>10558Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки  на вул. В. Великого, 19/1 в м. Дрогобичі та передачу в оренду земельної ділянки під об’єктом нерухомого</t>
         </is>
       </c>
       <c r="D118" t="s">
         <v>88</v>
       </c>
       <c r="E118" t="s">
         <v>47</v>
       </c>
       <c r="F118" t="s">
-        <v>101</v>
+        <v>57</v>
       </c>
       <c r="G118" t="s">
         <v>49</v>
       </c>
       <c r="H118" t="s">
         <v>50</v>
       </c>
       <c r="I118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N118" t="s" s="5">
         <v>53</v>
       </c>
@@ -18058,51 +18073,51 @@
       <c r="U118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC118" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AD118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK118" t="s" s="5">
         <v>51</v>
       </c>
@@ -18120,51 +18135,51 @@
       </c>
       <c r="AP118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU118" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="C119" t="inlineStr" s="4">
         <is>
           <t>10559Про затвердження проектів землеустрою щодо відведення земельних ділянок загального користування відведені під місця поховання та передачу в постійне користування земельних ділянок</t>
         </is>
       </c>
       <c r="D119" t="s">
         <v>88</v>
       </c>
       <c r="E119" t="s">
         <v>47</v>
       </c>
       <c r="F119" t="s">
         <v>77</v>
       </c>
       <c r="G119" t="s">
         <v>49</v>
       </c>
       <c r="H119" t="s">
         <v>50</v>
       </c>
       <c r="I119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J119" t="s" s="5">
@@ -18265,51 +18280,51 @@
       </c>
       <c r="AP119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU119" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="C120" t="inlineStr" s="4">
         <is>
           <t>10560Про затвердження проекту землеустрою щодо відведення земельної ділянки для будівництва та обслуговування інших будівель громадської забудови та передачу у постійне користування</t>
         </is>
       </c>
       <c r="D120" t="s">
         <v>88</v>
       </c>
       <c r="E120" t="s">
         <v>47</v>
       </c>
       <c r="F120" t="s">
         <v>60</v>
       </c>
       <c r="G120" t="s">
         <v>49</v>
       </c>
       <c r="H120" t="s">
         <v>50</v>
       </c>
       <c r="I120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J120" t="s" s="5">
@@ -18410,65 +18425,65 @@
       </c>
       <c r="AP120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU120" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="C121" t="inlineStr" s="4">
         <is>
           <t>10561Про затвердження технічних документацій із землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості)  для будівництва та обслуговування житлових будинків,</t>
         </is>
       </c>
       <c r="D121" t="s">
         <v>88</v>
       </c>
       <c r="E121" t="s">
         <v>47</v>
       </c>
       <c r="F121" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="G121" t="s">
         <v>49</v>
       </c>
       <c r="H121" t="s">
         <v>50</v>
       </c>
       <c r="I121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N121" t="s" s="5">
         <v>51</v>
       </c>
@@ -18493,51 +18508,51 @@
       <c r="U121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC121" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AD121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK121" t="s" s="5">
         <v>51</v>
       </c>
@@ -18555,51 +18570,51 @@
       </c>
       <c r="AP121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT121" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU121" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="C122" t="inlineStr" s="4">
         <is>
           <t>10562Про затвердження проекту землеустрою щодо відведення земельної ділянки та передачу в оренду земельної ділянки</t>
         </is>
       </c>
       <c r="D122" t="s">
         <v>88</v>
       </c>
       <c r="E122" t="s">
         <v>47</v>
       </c>
       <c r="F122" t="s">
         <v>60</v>
       </c>
       <c r="G122" t="s">
         <v>49</v>
       </c>
       <c r="H122" t="s">
         <v>50</v>
       </c>
       <c r="I122" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J122" t="s" s="5">
@@ -18700,98 +18715,98 @@
       </c>
       <c r="AP122" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS122" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT122" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU122" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="C123" t="inlineStr" s="4">
         <is>
           <t>10563Про надання дозволу на розроблення технічних документацій із землеустрою щодо встановлення меж частини земельної ділянки, на яку поширюється право сервітуту</t>
         </is>
       </c>
       <c r="D123" t="s">
         <v>88</v>
       </c>
       <c r="E123" t="s">
-        <v>117</v>
+        <v>47</v>
       </c>
       <c r="F123" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="G123" t="s">
         <v>49</v>
       </c>
       <c r="H123" t="s">
         <v>50</v>
       </c>
       <c r="I123" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="J123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q123" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="R123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="U123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y123" t="s" s="5">
         <v>53</v>
       </c>
@@ -18845,51 +18860,51 @@
       </c>
       <c r="AP123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR123" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU123" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="C124" t="inlineStr" s="4">
         <is>
           <t>10564Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок для розміщення, будівництва, експлуатації та обслуговування будівель і споруд об`єктів передачі</t>
         </is>
       </c>
       <c r="D124" t="s">
         <v>88</v>
       </c>
       <c r="E124" t="s">
         <v>47</v>
       </c>
       <c r="F124" t="s">
         <v>60</v>
       </c>
       <c r="G124" t="s">
         <v>49</v>
       </c>
       <c r="H124" t="s">
         <v>50</v>
       </c>
       <c r="I124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J124" t="s" s="5">
@@ -18990,51 +19005,51 @@
       </c>
       <c r="AP124" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU124" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="C125" t="inlineStr" s="4">
         <is>
           <t>10565Про надання дозволу на розроблення проекту землеустрою щодо встановлення меж території Дрогобицької територіальної громади</t>
         </is>
       </c>
       <c r="D125" t="s">
         <v>88</v>
       </c>
       <c r="E125" t="s">
         <v>47</v>
       </c>
       <c r="F125" t="s">
         <v>77</v>
       </c>
       <c r="G125" t="s">
         <v>49</v>
       </c>
       <c r="H125" t="s">
         <v>50</v>
       </c>
       <c r="I125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J125" t="s" s="5">
@@ -19135,51 +19150,51 @@
       </c>
       <c r="AP125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU125" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="C126" t="inlineStr" s="4">
         <is>
           <t>10566Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) зі зміною конфігурації Карпину М.Л.</t>
         </is>
       </c>
       <c r="D126" t="s">
         <v>88</v>
       </c>
       <c r="E126" t="s">
         <v>47</v>
       </c>
       <c r="F126" t="s">
         <v>77</v>
       </c>
       <c r="G126" t="s">
         <v>49</v>
       </c>
       <c r="H126" t="s">
         <v>50</v>
       </c>
       <c r="I126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J126" t="s" s="5">
@@ -19280,51 +19295,51 @@
       </c>
       <c r="AP126" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT126" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU126" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="C127" t="inlineStr" s="4">
         <is>
           <t>10567Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) зі зміною конфігурації</t>
         </is>
       </c>
       <c r="D127" t="s">
         <v>88</v>
       </c>
       <c r="E127" t="s">
         <v>47</v>
       </c>
       <c r="F127" t="s">
         <v>77</v>
       </c>
       <c r="G127" t="s">
         <v>49</v>
       </c>
       <c r="H127" t="s">
         <v>50</v>
       </c>
       <c r="I127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J127" t="s" s="5">
@@ -19425,51 +19440,51 @@
       </c>
       <c r="AP127" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU127" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="C128" t="inlineStr" s="4">
         <is>
           <t>10568Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки в с. Рихтичі Дрогобицького району</t>
         </is>
       </c>
       <c r="D128" t="s">
         <v>88</v>
       </c>
       <c r="E128" t="s">
         <v>47</v>
       </c>
       <c r="F128" t="s">
         <v>48</v>
       </c>
       <c r="G128" t="s">
         <v>49</v>
       </c>
       <c r="H128" t="s">
         <v>50</v>
       </c>
       <c r="I128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J128" t="s" s="5">
@@ -19570,51 +19585,51 @@
       </c>
       <c r="AP128" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU128" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="129">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C129" t="inlineStr" s="4">
         <is>
           <t>10569Про внесення змін до Положення «Про оренду земельних ділянок на території, на яку поширюється повноваження Дрогобицької міської ради та порядок встановлення розмірів орендної плати за</t>
         </is>
       </c>
       <c r="D129" t="s">
         <v>46</v>
       </c>
       <c r="E129" t="s">
         <v>47</v>
       </c>
       <c r="F129" t="s">
         <v>115</v>
       </c>
       <c r="G129" t="s">
         <v>49</v>
       </c>
       <c r="H129" t="s">
         <v>50</v>
       </c>
       <c r="I129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J129" t="s" s="5">
@@ -19715,65 +19730,65 @@
       </c>
       <c r="AP129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU129" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="130">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="C130" t="inlineStr" s="4">
         <is>
           <t>10570Про внесення змін до Положення «Про оренду земельних ділянок на території, на яку поширюється повноваження Дрогобицької міської ради та порядок встановлення розмірів орендної плати за</t>
         </is>
       </c>
       <c r="D130" t="s">
         <v>76</v>
       </c>
       <c r="E130" t="s">
         <v>117</v>
       </c>
       <c r="F130" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="G130" t="s">
         <v>49</v>
       </c>
       <c r="H130" t="s">
         <v>50</v>
       </c>
       <c r="I130" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J130" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K130" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L130" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N130" t="s" s="5">
         <v>53</v>
       </c>
@@ -19860,51 +19875,51 @@
       </c>
       <c r="AP130" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ130" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR130" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT130" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU130" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="C131" t="inlineStr" s="4">
         <is>
           <t>10571Про припинення права постійного користування земельною ділянкою, включення до переліку земельних ділянок, право оренди, яких підлягають продажу на конкурентних засадах (на земельних</t>
         </is>
       </c>
       <c r="D131" t="s">
         <v>88</v>
       </c>
       <c r="E131" t="s">
         <v>47</v>
       </c>
       <c r="F131" t="s">
         <v>60</v>
       </c>
       <c r="G131" t="s">
         <v>49</v>
       </c>
       <c r="H131" t="s">
         <v>50</v>
       </c>
       <c r="I131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J131" t="s" s="5">
@@ -20005,54 +20020,54 @@
       </c>
       <c r="AP131" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU131" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="132">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
+        <v>245</v>
+      </c>
+      <c r="C132" t="s" s="4">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
       <c r="D132" t="s">
         <v>88</v>
       </c>
       <c r="E132" t="s">
         <v>47</v>
       </c>
       <c r="F132" t="s">
         <v>48</v>
       </c>
       <c r="G132" t="s">
         <v>49</v>
       </c>
       <c r="H132" t="s">
         <v>50</v>
       </c>
       <c r="I132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K132" t="s" s="5">
         <v>51</v>
       </c>
@@ -20148,51 +20163,51 @@
       </c>
       <c r="AP132" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU132" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="133">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="C133" t="inlineStr" s="4">
         <is>
           <t>10573Про погодження ТОВ «ЄДИНА НАФТОГАЗОВА КОМПАНІЯ» проведення пошуково-розвідувальних робіт</t>
         </is>
       </c>
       <c r="D133" t="s">
         <v>88</v>
       </c>
       <c r="E133" t="s">
         <v>47</v>
       </c>
       <c r="F133" t="s">
         <v>101</v>
       </c>
       <c r="G133" t="s">
         <v>49</v>
       </c>
       <c r="H133" t="s">
         <v>50</v>
       </c>
       <c r="I133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J133" t="s" s="5">
@@ -20293,54 +20308,54 @@
       </c>
       <c r="AP133" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS133" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU133" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
+        <v>248</v>
+      </c>
+      <c r="C134" t="s" s="4">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="D134" t="s">
         <v>46</v>
       </c>
       <c r="E134" t="s">
         <v>47</v>
       </c>
       <c r="F134" t="s">
         <v>115</v>
       </c>
       <c r="G134" t="s">
         <v>49</v>
       </c>
       <c r="H134" t="s">
         <v>50</v>
       </c>
       <c r="I134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J134" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K134" t="s" s="5">
         <v>51</v>
       </c>
@@ -20436,54 +20451,54 @@
       </c>
       <c r="AP134" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS134" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU134" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="135">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
+        <v>250</v>
+      </c>
+      <c r="C135" t="s" s="4">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="D135" t="s">
         <v>56</v>
       </c>
       <c r="E135" t="s">
         <v>47</v>
       </c>
       <c r="F135" t="s">
         <v>127</v>
       </c>
       <c r="G135" t="s">
         <v>49</v>
       </c>
       <c r="H135" t="s">
         <v>50</v>
       </c>
       <c r="I135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K135" t="s" s="5">
         <v>51</v>
       </c>
@@ -20579,63 +20594,63 @@
       </c>
       <c r="AP135" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS135" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT135" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU135" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="136">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
+        <v>252</v>
+      </c>
+      <c r="C136" t="s" s="4">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="D136" t="s">
         <v>76</v>
       </c>
       <c r="E136" t="s">
         <v>47</v>
       </c>
       <c r="F136" t="s">
-        <v>115</v>
+        <v>127</v>
       </c>
       <c r="G136" t="s">
         <v>49</v>
       </c>
       <c r="H136" t="s">
         <v>50</v>
       </c>
       <c r="I136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N136" t="s" s="5">
         <v>53</v>
       </c>
@@ -20684,89 +20699,89 @@
       <c r="AC136" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD136" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE136" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF136" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG136" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK136" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AL136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN136" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP136" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT136" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU136" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="137">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="C137" t="inlineStr" s="4">
         <is>
           <t>10577Про включення до переліку земельних ділянок, право оренди яких підлягає продажу на конкурентних засадах (на земельних торгах у формі електронного аукціону), земельної ділянки та про надання</t>
         </is>
       </c>
       <c r="D137" t="s">
         <v>88</v>
       </c>
       <c r="E137" t="s">
         <v>47</v>
       </c>
       <c r="F137" t="s">
         <v>77</v>
       </c>
       <c r="G137" t="s">
         <v>49</v>
       </c>
       <c r="H137" t="s">
         <v>50</v>
       </c>
       <c r="I137" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J137" t="s" s="5">
@@ -20867,51 +20882,51 @@
       </c>
       <c r="AP137" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ137" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR137" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS137" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT137" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU137" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="138">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C138" t="inlineStr" s="4">
         <is>
           <t>10578Про включення до переліку земельних ділянок, які підлягають продажу на конкурентних засадах (на земельних торгах у формі електронного аукціону) земельних ділянок та про надання дозволу на</t>
         </is>
       </c>
       <c r="D138" t="s">
         <v>88</v>
       </c>
       <c r="E138" t="s">
         <v>47</v>
       </c>
       <c r="F138" t="s">
         <v>60</v>
       </c>
       <c r="G138" t="s">
         <v>49</v>
       </c>
       <c r="H138" t="s">
         <v>50</v>
       </c>
       <c r="I138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J138" t="s" s="5">
@@ -21012,51 +21027,51 @@
       </c>
       <c r="AP138" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS138" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU138" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="139">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="C139" t="inlineStr" s="4">
         <is>
           <t>10579Про затвердження проекту землеустрою щодо відведення земельної ділянки, цільове призначення, якої змінюється, та про надання дозволу на виготовлення звіту про експертну грошову оцінку</t>
         </is>
       </c>
       <c r="D139" t="s">
         <v>88</v>
       </c>
       <c r="E139" t="s">
         <v>47</v>
       </c>
       <c r="F139" t="s">
         <v>77</v>
       </c>
       <c r="G139" t="s">
         <v>49</v>
       </c>
       <c r="H139" t="s">
         <v>50</v>
       </c>
       <c r="I139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J139" t="s" s="5">
@@ -21157,51 +21172,51 @@
       </c>
       <c r="AP139" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS139" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU139" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="140">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="C140" t="inlineStr" s="4">
         <is>
           <t>10580Про  затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості), та про надання дозволу на розроблення проекту</t>
         </is>
       </c>
       <c r="D140" t="s">
         <v>88</v>
       </c>
       <c r="E140" t="s">
         <v>47</v>
       </c>
       <c r="F140" t="s">
         <v>77</v>
       </c>
       <c r="G140" t="s">
         <v>49</v>
       </c>
       <c r="H140" t="s">
         <v>50</v>
       </c>
       <c r="I140" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J140" t="s" s="5">
@@ -21302,65 +21317,65 @@
       </c>
       <c r="AP140" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ140" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR140" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS140" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT140" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU140" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="141">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="C141" t="inlineStr" s="4">
         <is>
           <t>10581Про продаж земельної ділянки у власність Дрогобицькому відділенню спілки вчителів-полоністів України імені Святої Ядвіги</t>
         </is>
       </c>
       <c r="D141" t="s">
         <v>88</v>
       </c>
       <c r="E141" t="s">
         <v>47</v>
       </c>
       <c r="F141" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="G141" t="s">
         <v>49</v>
       </c>
       <c r="H141" t="s">
         <v>50</v>
       </c>
       <c r="I141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="N141" t="s" s="5">
         <v>53</v>
       </c>
@@ -21385,113 +21400,113 @@
       <c r="U141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="X141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Y141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC141" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AD141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG141" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AK141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM141" t="s" s="5">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="AN141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP141" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU141" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="142">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="C142" t="inlineStr" s="4">
         <is>
           <t>10582Про  затвердження проекту землеустрою щодо відведення земельної ділянки, цільове призначення якої змінюється, площею 12,3513 га, що розташована: Львівська область, Дрогобицький район, с.</t>
         </is>
       </c>
       <c r="D142" t="s">
         <v>88</v>
       </c>
       <c r="E142" t="s">
         <v>47</v>
       </c>
       <c r="F142" t="s">
         <v>127</v>
       </c>
       <c r="G142" t="s">
         <v>49</v>
       </c>
       <c r="H142" t="s">
         <v>50</v>
       </c>
       <c r="I142" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J142" t="s" s="5">
@@ -21592,51 +21607,51 @@
       </c>
       <c r="AP142" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ142" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR142" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS142" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT142" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU142" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="143">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="C143" t="inlineStr" s="4">
         <is>
           <t>10583Про  затвердження проекту землеустрою щодо відведення земельної ділянки, цільове призначення якої змінюється, площею 15,3093 га, що розташована: Львівська область, Дрогобицький район, с.</t>
         </is>
       </c>
       <c r="D143" t="s">
         <v>88</v>
       </c>
       <c r="E143" t="s">
         <v>47</v>
       </c>
       <c r="F143" t="s">
         <v>67</v>
       </c>
       <c r="G143" t="s">
         <v>164</v>
       </c>
       <c r="H143" t="s">
         <v>50</v>
       </c>
       <c r="I143" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J143" t="s" s="5">
@@ -21737,51 +21752,51 @@
       </c>
       <c r="AP143" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ143" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AR143" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS143" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT143" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU143" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="144">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="C144" t="inlineStr" s="4">
         <is>
           <t>10584Про  затвердження проекту землеустрою щодо відведення земельної ділянки, цільове призначення якої змінюється, площею 7,5642 га, що розташована: Львівська область, Дрогобицький район, с. Нижні</t>
         </is>
       </c>
       <c r="D144" t="s">
         <v>88</v>
       </c>
       <c r="E144" t="s">
         <v>47</v>
       </c>
       <c r="F144" t="s">
         <v>57</v>
       </c>
       <c r="G144" t="s">
         <v>49</v>
       </c>
       <c r="H144" t="s">
         <v>50</v>
       </c>
       <c r="I144" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J144" t="s" s="5">
@@ -21887,165 +21902,165 @@
         <v>51</v>
       </c>
       <c r="AR144" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS144" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT144" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU144" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="145">
       <c r="A145"/>
       <c r="B145"/>
       <c r="C145"/>
       <c r="D145"/>
       <c r="E145"/>
       <c r="F145"/>
       <c r="G145"/>
       <c r="H145"/>
       <c r="I145" t="s">
+        <v>262</v>
+      </c>
+      <c r="J145" t="s">
         <v>263</v>
       </c>
-      <c r="J145" t="s">
+      <c r="K145" t="s">
         <v>264</v>
       </c>
-      <c r="K145" t="s">
+      <c r="L145" t="s">
         <v>265</v>
       </c>
-      <c r="L145" t="s">
+      <c r="M145" t="s">
         <v>266</v>
       </c>
-      <c r="M145" t="s">
+      <c r="N145" t="s">
         <v>267</v>
       </c>
-      <c r="N145" t="s">
+      <c r="O145" t="s">
         <v>268</v>
       </c>
-      <c r="O145" t="s">
+      <c r="P145" t="s">
         <v>269</v>
       </c>
-      <c r="P145" t="s">
+      <c r="Q145" t="s">
         <v>270</v>
       </c>
-      <c r="Q145" t="s">
+      <c r="R145" t="s">
         <v>271</v>
       </c>
-      <c r="R145" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S145" t="s">
+        <v>272</v>
+      </c>
+      <c r="T145" t="s">
+        <v>273</v>
+      </c>
+      <c r="U145" t="s">
+        <v>269</v>
+      </c>
+      <c r="V145" t="s">
+        <v>269</v>
+      </c>
+      <c r="W145" t="s">
         <v>264</v>
       </c>
-      <c r="T145" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="X145" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="Y145" t="s">
+        <v>275</v>
+      </c>
+      <c r="Z145" t="s">
+        <v>276</v>
+      </c>
+      <c r="AA145" t="s">
+        <v>277</v>
+      </c>
+      <c r="AB145" t="s">
         <v>273</v>
       </c>
-      <c r="Z145" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AC145" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="AD145" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="AE145" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="AF145" t="s">
+        <v>281</v>
+      </c>
+      <c r="AG145" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="AH145" t="s">
         <v>265</v>
       </c>
       <c r="AI145" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="AJ145" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="AK145" t="s">
-        <v>274</v>
+        <v>264</v>
       </c>
       <c r="AL145" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="AM145" t="s">
-        <v>266</v>
+        <v>273</v>
       </c>
       <c r="AN145" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="AO145" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="AP145" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="AQ145" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="AR145" t="s">
-        <v>264</v>
+        <v>272</v>
       </c>
       <c r="AS145" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="AT145" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="AU145" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
     </row>
     <row r="146">
       <c r="A146"/>
       <c r="B146"/>
       <c r="C146"/>
       <c r="D146"/>
       <c r="E146"/>
       <c r="F146"/>
       <c r="G146"/>
       <c r="H146"/>
       <c r="I146" t="s">
         <v>49</v>
       </c>
       <c r="J146" t="s">
         <v>49</v>
       </c>
       <c r="K146" t="s">
         <v>49</v>
       </c>
       <c r="L146" t="s">
         <v>49</v>
       </c>
       <c r="M146" t="s">
         <v>49</v>
@@ -22092,468 +22107,468 @@
       <c r="AA146" t="s">
         <v>49</v>
       </c>
       <c r="AB146" t="s">
         <v>49</v>
       </c>
       <c r="AC146" t="s">
         <v>49</v>
       </c>
       <c r="AD146" t="s">
         <v>49</v>
       </c>
       <c r="AE146" t="s">
         <v>49</v>
       </c>
       <c r="AF146" t="s">
         <v>49</v>
       </c>
       <c r="AG146" t="s">
         <v>49</v>
       </c>
       <c r="AH146" t="s">
         <v>49</v>
       </c>
       <c r="AI146" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="AJ146" t="s">
         <v>49</v>
       </c>
       <c r="AK146" t="s">
         <v>49</v>
       </c>
       <c r="AL146" t="s">
         <v>49</v>
       </c>
       <c r="AM146" t="s">
         <v>49</v>
       </c>
       <c r="AN146" t="s">
         <v>49</v>
       </c>
       <c r="AO146" t="s">
         <v>49</v>
       </c>
       <c r="AP146" t="s">
         <v>49</v>
       </c>
       <c r="AQ146" t="s">
         <v>49</v>
       </c>
       <c r="AR146" t="s">
         <v>49</v>
       </c>
       <c r="AS146" t="s">
         <v>49</v>
       </c>
       <c r="AT146" t="s">
         <v>49</v>
       </c>
       <c r="AU146" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="147">
       <c r="A147"/>
       <c r="B147"/>
       <c r="C147"/>
       <c r="D147"/>
       <c r="E147"/>
       <c r="F147"/>
       <c r="G147"/>
       <c r="H147"/>
       <c r="I147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="J147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="K147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="L147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="M147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="N147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="O147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="P147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="Q147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="R147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="S147" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="T147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="U147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="V147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="W147" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="X147" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="Y147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="Z147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="AA147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="AB147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="AC147" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="AD147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="AE147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="AF147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="AG147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="AH147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="AI147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="AJ147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="AK147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="AL147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="AM147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="AN147" t="s">
+        <v>291</v>
+      </c>
+      <c r="AO147" t="s">
         <v>289</v>
       </c>
-      <c r="AO147" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AP147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="AQ147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="AR147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="AS147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="AT147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="AU147" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
     </row>
     <row r="148">
       <c r="A148"/>
       <c r="B148"/>
       <c r="C148"/>
       <c r="D148"/>
       <c r="E148"/>
       <c r="F148"/>
       <c r="G148"/>
       <c r="H148"/>
       <c r="I148" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="J148" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="K148" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="L148" t="s">
+        <v>295</v>
+      </c>
+      <c r="M148" t="s">
+        <v>296</v>
+      </c>
+      <c r="N148" t="s">
+        <v>297</v>
+      </c>
+      <c r="O148" t="s">
+        <v>298</v>
+      </c>
+      <c r="P148" t="s">
+        <v>299</v>
+      </c>
+      <c r="Q148" t="s">
+        <v>300</v>
+      </c>
+      <c r="R148" t="s">
+        <v>301</v>
+      </c>
+      <c r="S148" t="s">
         <v>293</v>
       </c>
-      <c r="M148" t="s">
+      <c r="T148" t="s">
+        <v>302</v>
+      </c>
+      <c r="U148" t="s">
+        <v>299</v>
+      </c>
+      <c r="V148" t="s">
+        <v>299</v>
+      </c>
+      <c r="W148" t="s">
+        <v>295</v>
+      </c>
+      <c r="X148" t="s">
+        <v>303</v>
+      </c>
+      <c r="Y148" t="s">
+        <v>304</v>
+      </c>
+      <c r="Z148" t="s">
+        <v>305</v>
+      </c>
+      <c r="AA148" t="s">
+        <v>306</v>
+      </c>
+      <c r="AB148" t="s">
+        <v>302</v>
+      </c>
+      <c r="AC148" t="s">
+        <v>307</v>
+      </c>
+      <c r="AD148" t="s">
+        <v>308</v>
+      </c>
+      <c r="AE148" t="s">
+        <v>309</v>
+      </c>
+      <c r="AF148" t="s">
+        <v>310</v>
+      </c>
+      <c r="AG148" t="s">
+        <v>311</v>
+      </c>
+      <c r="AH148" t="s">
+        <v>302</v>
+      </c>
+      <c r="AI148" t="s">
+        <v>312</v>
+      </c>
+      <c r="AJ148" t="s">
+        <v>305</v>
+      </c>
+      <c r="AK148" t="s">
         <v>294</v>
       </c>
-      <c r="N148" t="s">
+      <c r="AL148" t="s">
         <v>295</v>
       </c>
-      <c r="O148" t="s">
-[...11 lines deleted...]
-      <c r="S148" t="s">
+      <c r="AM148" t="s">
+        <v>302</v>
+      </c>
+      <c r="AN148" t="s">
+        <v>313</v>
+      </c>
+      <c r="AO148" t="s">
         <v>299</v>
       </c>
-      <c r="T148" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="AP148" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="AQ148" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="AR148" t="s">
-        <v>291</v>
+        <v>315</v>
       </c>
       <c r="AS148" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="AT148" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="AU148" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
     </row>
     <row r="149">
       <c r="A149"/>
       <c r="B149"/>
       <c r="C149"/>
       <c r="D149"/>
       <c r="E149"/>
       <c r="F149"/>
       <c r="G149"/>
       <c r="H149"/>
       <c r="I149" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="J149" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="K149" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="L149" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="M149" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="N149" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="O149" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="P149" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="Q149" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="R149" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="S149" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="T149" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="U149" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="V149" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="W149" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="X149" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="Y149" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="Z149" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="AA149" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="AB149" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="AC149" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="AD149" t="s">
+        <v>322</v>
+      </c>
+      <c r="AE149" t="s">
+        <v>323</v>
+      </c>
+      <c r="AF149" t="s">
+        <v>324</v>
+      </c>
+      <c r="AG149" t="s">
+        <v>320</v>
+      </c>
+      <c r="AH149" t="s">
+        <v>325</v>
+      </c>
+      <c r="AI149" t="s">
+        <v>326</v>
+      </c>
+      <c r="AJ149" t="s">
         <v>317</v>
       </c>
-      <c r="AE149" t="s">
-[...2 lines deleted...]
-      <c r="AF149" t="s">
+      <c r="AK149" t="s">
+        <v>317</v>
+      </c>
+      <c r="AL149" t="s">
+        <v>321</v>
+      </c>
+      <c r="AM149" t="s">
+        <v>317</v>
+      </c>
+      <c r="AN149" t="s">
+        <v>327</v>
+      </c>
+      <c r="AO149" t="s">
         <v>319</v>
       </c>
-      <c r="AG149" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="AP149" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="AQ149" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="AR149" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="AS149" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="AT149" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="AU149" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>