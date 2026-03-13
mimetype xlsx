--- v0 (2025-12-15)
+++ v1 (2026-03-13)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="358" uniqueCount="358">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="356" uniqueCount="356">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>LXIX сесія VIII скликання</t>
   </si>
   <si>
     <t>Дрогобицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Андрухів Андрій Васильович</t>
   </si>
   <si>
     <t>Беднарчик Наталія Миронівна</t>
   </si>
   <si>
     <t>Бейзик Роман Степанович</t>
   </si>
   <si>
@@ -230,362 +230,359 @@
   <si>
     <t>24.07.25  11:13:28</t>
   </si>
   <si>
     <t>24.07.25  11:15:02</t>
   </si>
   <si>
     <t>24.07.25  11:15:41</t>
   </si>
   <si>
     <t>24.07.25  11:16:21</t>
   </si>
   <si>
     <t>10261Про затвердження цільової Програми фінансової підтримки функціонування №3</t>
   </si>
   <si>
     <t>24.07.25  11:16:59</t>
   </si>
   <si>
     <t>10262Про затвердження цільової Програми фінансової підтримки функціонування №4</t>
   </si>
   <si>
     <t>24.07.25  11:21:46</t>
   </si>
   <si>
+    <t>За: 23</t>
+  </si>
+  <si>
+    <t>24.07.25  11:22:51</t>
+  </si>
+  <si>
+    <t>24.07.25  11:23:39</t>
+  </si>
+  <si>
+    <t>24.07.25  11:24:16</t>
+  </si>
+  <si>
+    <t>10266Про внесення змін в Програму співфінансування військово-лікарської комісії на 2025р.</t>
+  </si>
+  <si>
+    <t>24.07.25  11:24:58</t>
+  </si>
+  <si>
+    <t>24.07.25  11:26:57</t>
+  </si>
+  <si>
+    <t>За: 30</t>
+  </si>
+  <si>
+    <t>24.07.25  11:28:16</t>
+  </si>
+  <si>
+    <t>24.07.25  11:28:54</t>
+  </si>
+  <si>
+    <t>24.07.25  11:29:50</t>
+  </si>
+  <si>
+    <t>За: 22</t>
+  </si>
+  <si>
+    <t>24.07.25  11:30:29</t>
+  </si>
+  <si>
+    <t>24.07.25  11:34:24</t>
+  </si>
+  <si>
+    <t>24.07.25  11:36:13</t>
+  </si>
+  <si>
+    <t>24.07.25  11:53:56</t>
+  </si>
+  <si>
+    <t>Проти: 2</t>
+  </si>
+  <si>
+    <t>Проти</t>
+  </si>
+  <si>
+    <t>24.07.25  11:55:12</t>
+  </si>
+  <si>
+    <t>За: 24</t>
+  </si>
+  <si>
+    <t>24.07.25  11:55:55</t>
+  </si>
+  <si>
+    <t>10278Про визначення замовником департаменту міського господарства</t>
+  </si>
+  <si>
+    <t>24.07.25  11:56:35</t>
+  </si>
+  <si>
+    <t>24.07.25  11:57:37</t>
+  </si>
+  <si>
+    <t>24.07.25  11:58:42</t>
+  </si>
+  <si>
+    <t>10281п. 4 читати Лішня</t>
+  </si>
+  <si>
+    <t>За поправку / пропозицію</t>
+  </si>
+  <si>
+    <t>24.07.25  11:59:27</t>
+  </si>
+  <si>
+    <t>24.07.25  12:00:07</t>
+  </si>
+  <si>
+    <t>24.07.25  12:00:46</t>
+  </si>
+  <si>
+    <t>10284Про внесення змін у підпункт рішення Дрогобицької міської ради</t>
+  </si>
+  <si>
+    <t>24.07.25  12:01:29</t>
+  </si>
+  <si>
+    <t>24.07.25  12:02:08</t>
+  </si>
+  <si>
+    <t>24.07.25  12:02:58</t>
+  </si>
+  <si>
+    <t>24.07.25  12:03:42</t>
+  </si>
+  <si>
+    <t>За: 21</t>
+  </si>
+  <si>
+    <t>24.07.25  12:04:19</t>
+  </si>
+  <si>
+    <t>24.07.25  12:05:10</t>
+  </si>
+  <si>
+    <t>24.07.25  12:05:49</t>
+  </si>
+  <si>
+    <t>24.07.25  12:06:28</t>
+  </si>
+  <si>
+    <t>24.07.25  12:07:59</t>
+  </si>
+  <si>
+    <t>24.07.25  12:08:37</t>
+  </si>
+  <si>
+    <t>24.07.25  12:09:17</t>
+  </si>
+  <si>
+    <t>24.07.25  12:09:54</t>
+  </si>
+  <si>
+    <t>10297Про затвердження технічних документацій із землеустрою щодо інвентаризації земель</t>
+  </si>
+  <si>
+    <t>24.07.25  12:11:00</t>
+  </si>
+  <si>
     <t>За: 20</t>
   </si>
   <si>
-    <t>24.07.25  11:22:51</t>
-[...134 lines deleted...]
-    <t>24.07.25  12:11:00</t>
+    <t>24.07.25  12:11:59</t>
+  </si>
+  <si>
+    <t>24.07.25  12:12:37</t>
+  </si>
+  <si>
+    <t>24.07.25  12:13:16</t>
+  </si>
+  <si>
+    <t>24.07.25  12:14:00</t>
+  </si>
+  <si>
+    <t>24.07.25  12:14:45</t>
+  </si>
+  <si>
+    <t>24.07.25  12:15:35</t>
+  </si>
+  <si>
+    <t>24.07.25  12:16:48</t>
+  </si>
+  <si>
+    <t>24.07.25  12:17:56</t>
+  </si>
+  <si>
+    <t>24.07.25  12:24:32</t>
+  </si>
+  <si>
+    <t>24.07.25  12:25:10</t>
+  </si>
+  <si>
+    <t>24.07.25  12:25:58</t>
+  </si>
+  <si>
+    <t>10313  Про передачу у постійне користування земельних ділянок в м. Дрогобичі  </t>
+  </si>
+  <si>
+    <t>24.07.25  12:26:37</t>
+  </si>
+  <si>
+    <t>10314Про припинення права оренди земельної ділянки та надання в оренду земельних ділянок</t>
+  </si>
+  <si>
+    <t>24.07.25  12:28:20</t>
+  </si>
+  <si>
+    <t>10316Про припинення права оренди земельної ділянки та надання в оренду земельних ділянок</t>
+  </si>
+  <si>
+    <t>24.07.25  12:28:57</t>
+  </si>
+  <si>
+    <t>24.07.25  12:31:37</t>
+  </si>
+  <si>
+    <t>10318Про продаж земельних ділянок у власність</t>
+  </si>
+  <si>
+    <t>24.07.25  12:32:17</t>
+  </si>
+  <si>
+    <t>24.07.25  12:32:54</t>
+  </si>
+  <si>
+    <t>24.07.25  12:33:33</t>
+  </si>
+  <si>
+    <t>24.07.25  12:34:19</t>
+  </si>
+  <si>
+    <t>07.08.25  10:55:32</t>
+  </si>
+  <si>
+    <t>07.08.25  10:56:19</t>
+  </si>
+  <si>
+    <t>07.08.25  10:56:57</t>
+  </si>
+  <si>
+    <t>За: 29</t>
+  </si>
+  <si>
+    <t>07.08.25  10:57:34</t>
+  </si>
+  <si>
+    <t>07.08.25  10:58:12</t>
+  </si>
+  <si>
+    <t>07.08.25  11:02:21</t>
+  </si>
+  <si>
+    <t>10329зняти з порядку денного -  п.1.60</t>
+  </si>
+  <si>
+    <t>07.08.25  11:03:54</t>
+  </si>
+  <si>
+    <t>За: 31</t>
+  </si>
+  <si>
+    <t>07.08.25  11:05:02</t>
+  </si>
+  <si>
+    <t>10332Про внесення змін до бюджету Дрогобицької міської територіальної громади на 2025 рік</t>
+  </si>
+  <si>
+    <t>07.08.25  11:05:52</t>
+  </si>
+  <si>
+    <t>07.08.25  11:06:30</t>
+  </si>
+  <si>
+    <t>10334Про затвердження Програми «Покращення обороноздатності *** на 2025 рік»</t>
+  </si>
+  <si>
+    <t>07.08.25  11:07:27</t>
+  </si>
+  <si>
+    <t>07.08.25  11:08:20</t>
+  </si>
+  <si>
+    <t>07.08.25  11:09:06</t>
+  </si>
+  <si>
+    <t>07.08.25  11:10:49</t>
+  </si>
+  <si>
+    <t>07.08.25  11:13:00</t>
+  </si>
+  <si>
+    <t>10339Про затвердження Цільової програми «Сонячне місто» на 2025-2027 роки в новій редакції</t>
+  </si>
+  <si>
+    <t>07.08.25  11:14:36</t>
+  </si>
+  <si>
+    <t>10340змінити на 500 тис.</t>
+  </si>
+  <si>
+    <t>07.08.25  11:15:14</t>
+  </si>
+  <si>
+    <t>10341Про затвердження Цільової програми «Сонячне місто» на 2025-2027 роки в новій редакції</t>
+  </si>
+  <si>
+    <t>07.08.25  11:15:55</t>
+  </si>
+  <si>
+    <t>10342Про внесення змін у рішення міської ради від 12.06.2025 року № 3257</t>
+  </si>
+  <si>
+    <t>07.08.25  11:17:35</t>
+  </si>
+  <si>
+    <t>10343Про визначення замовником департаменту міського господарства  </t>
+  </si>
+  <si>
+    <t>07.08.25  11:18:37</t>
+  </si>
+  <si>
+    <t>07.08.25  11:22:25</t>
+  </si>
+  <si>
+    <t>За основу і в цілому (2/3  від складу ради)</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
-    <t>За: 18</t>
-[...166 lines deleted...]
-  <si>
     <t>За: 8</t>
   </si>
   <si>
     <t>Утримались: 2</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
   <si>
     <t>07.08.25  11:23:16</t>
   </si>
   <si>
     <t>10346Про доповнення Плану діяльності з підготовки проектів регуляторних актів на 2025 рік</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>07.08.25  11:25:47</t>
   </si>
   <si>
     <t>10347Про доповнення Плану діяльності з підготовки проектів регуляторних актів на 2025 рік</t>
   </si>
   <si>
     <t>07.08.25  11:26:44</t>
@@ -599,50 +596,53 @@
   <si>
     <t>07.08.25  11:28:37</t>
   </si>
   <si>
     <t>07.08.25  11:30:16</t>
   </si>
   <si>
     <t>07.08.25  11:30:55</t>
   </si>
   <si>
     <t>07.08.25  11:31:36</t>
   </si>
   <si>
     <t>07.08.25  11:32:13</t>
   </si>
   <si>
     <t>07.08.25  11:32:51</t>
   </si>
   <si>
     <t>07.08.25  11:33:29</t>
   </si>
   <si>
     <t>07.08.25  11:34:07</t>
   </si>
   <si>
+    <t>За: 19</t>
+  </si>
+  <si>
     <t>07.08.25  11:35:40</t>
   </si>
   <si>
     <t>07.08.25  11:36:26</t>
   </si>
   <si>
     <t>07.08.25  11:37:05</t>
   </si>
   <si>
     <t>10361Про продовження договорів оренди земельних ділянок в м. Дрогобичі     </t>
   </si>
   <si>
     <t>07.08.25  11:38:30</t>
   </si>
   <si>
     <t>За: 10</t>
   </si>
   <si>
     <t>Проти: 1</t>
   </si>
   <si>
     <t>Утримались: 4</t>
   </si>
   <si>
     <t>07.08.25  11:39:07</t>
@@ -710,53 +710,50 @@
   <si>
     <t>10380у новій редакції</t>
   </si>
   <si>
     <t>07.08.25  11:59:38</t>
   </si>
   <si>
     <t>07.08.25  12:00:27</t>
   </si>
   <si>
     <t>07.08.25  12:01:05</t>
   </si>
   <si>
     <t>07.08.25  12:01:49</t>
   </si>
   <si>
     <t>07.08.25  12:02:26</t>
   </si>
   <si>
     <t>07.08.25  12:03:17</t>
   </si>
   <si>
     <t>10386зміна площі - п. 1  - 200 кв.м</t>
   </si>
   <si>
-    <t>За: 19</t>
-[...1 lines deleted...]
-  <si>
     <t>07.08.25  12:03:55</t>
   </si>
   <si>
     <t>Утримались: 1</t>
   </si>
   <si>
     <t>07.08.25  12:04:36</t>
   </si>
   <si>
     <t>07.08.25  12:05:31</t>
   </si>
   <si>
     <t>07.08.25  12:06:07</t>
   </si>
   <si>
     <t>07.08.25  12:06:44</t>
   </si>
   <si>
     <t>07.08.25  12:07:22</t>
   </si>
   <si>
     <t>07.08.25  12:08:47</t>
   </si>
   <si>
     <t>10393Про припинення договору оренди нежитлових приміщень, будинків та споруд від 02.08.2021 р</t>
@@ -878,207 +875,204 @@
   <si>
     <t>10432 Про внесення змін до договору оренди землі від 30.09.2019 року</t>
   </si>
   <si>
     <t>28.08.25  11:18:28</t>
   </si>
   <si>
     <t>28.08.25  11:19:36</t>
   </si>
   <si>
     <t>10434Про списання будинку з балансу КП «Управитель «ЖЕО» ДМР  </t>
   </si>
   <si>
     <t>28.08.25  11:21:04</t>
   </si>
   <si>
     <t>10436Про списання будинку з балансу КП «Управитель «ЖЕО» ДМР  </t>
   </si>
   <si>
     <t>28.08.25  11:22:23</t>
   </si>
   <si>
     <t>28.08.25  11:23:02</t>
   </si>
   <si>
-    <t>За: 69</t>
-[...2 lines deleted...]
-    <t>За: 98</t>
+    <t>За: 70</t>
+  </si>
+  <si>
+    <t>За: 100</t>
   </si>
   <si>
     <t>За: 161</t>
   </si>
   <si>
     <t>За: 162</t>
   </si>
   <si>
+    <t>За: 103</t>
+  </si>
+  <si>
+    <t>За: 80</t>
+  </si>
+  <si>
+    <t>За: 3</t>
+  </si>
+  <si>
+    <t>За: 63</t>
+  </si>
+  <si>
     <t>За: 159</t>
   </si>
   <si>
-    <t>За: 103</t>
-[...10 lines deleted...]
-  <si>
     <t>За: 72</t>
   </si>
   <si>
     <t>За: 167</t>
   </si>
   <si>
-    <t>За: 111</t>
-[...2 lines deleted...]
-    <t>За: 128</t>
+    <t>За: 112</t>
+  </si>
+  <si>
+    <t>За: 129</t>
   </si>
   <si>
     <t>За: 55</t>
   </si>
   <si>
-    <t>За: 165</t>
+    <t>За: 166</t>
   </si>
   <si>
     <t>За: 118</t>
   </si>
   <si>
     <t>За: 85</t>
   </si>
   <si>
     <t>За: 90</t>
   </si>
   <si>
     <t>За: 81</t>
   </si>
   <si>
     <t>За: 43</t>
   </si>
   <si>
+    <t>За: 164</t>
+  </si>
+  <si>
     <t>За: 83</t>
   </si>
   <si>
-    <t>За: 47</t>
-[...8 lines deleted...]
-    <t>За: 166</t>
+    <t>За: 48</t>
+  </si>
+  <si>
+    <t>За: 124</t>
+  </si>
+  <si>
+    <t>За: 149</t>
   </si>
   <si>
     <t>За: 89</t>
   </si>
   <si>
-    <t>За: 148</t>
+    <t>За: 150</t>
   </si>
   <si>
     <t>За: 155</t>
   </si>
   <si>
     <t>Утр.: 1</t>
   </si>
   <si>
     <t>Утр.: 0</t>
   </si>
   <si>
     <t>Утр.: 2</t>
   </si>
   <si>
-    <t>Не голос.: 9</t>
+    <t>Не голос.: 8</t>
+  </si>
+  <si>
+    <t>Не голос.: 5</t>
   </si>
   <si>
     <t>Не голос.: 7</t>
   </si>
   <si>
     <t>Не голос.: 6</t>
   </si>
   <si>
     <t>Не голос.: 65</t>
   </si>
   <si>
     <t>Не голос.: 46</t>
   </si>
   <si>
     <t>Не голос.: 0</t>
   </si>
   <si>
     <t>Не голос.: 23</t>
   </si>
   <si>
-    <t>Не голос.: 3</t>
-[...5 lines deleted...]
-    <t>Не голос.: 57</t>
+    <t>Не голос.: 56</t>
+  </si>
+  <si>
+    <t>Не голос.: 19</t>
+  </si>
+  <si>
+    <t>Не голос.: 39</t>
+  </si>
+  <si>
+    <t>Не голос.: 18</t>
+  </si>
+  <si>
+    <t>Не голос.: 2</t>
+  </si>
+  <si>
+    <t>Не голос.: 21</t>
+  </si>
+  <si>
+    <t>Не голос.: 78</t>
+  </si>
+  <si>
+    <t>Не голос.: 51</t>
+  </si>
+  <si>
+    <t>Не голос.: 83</t>
   </si>
   <si>
     <t>Не голос.: 20</t>
   </si>
   <si>
-    <t>Не голос.: 40</t>
-[...16 lines deleted...]
-  <si>
     <t>Не голос.: 4</t>
   </si>
   <si>
-    <t>Не голос.: 56</t>
+    <t>Не голос.: 54</t>
   </si>
   <si>
     <t>Не голос.: 1</t>
-  </si>
-[...4 lines deleted...]
-    <t>Не голос.: 2</t>
   </si>
   <si>
     <t>Не голос.: 13</t>
   </si>
   <si>
     <t>Відсут.: 89</t>
   </si>
   <si>
     <t>Відсут.: 63</t>
   </si>
   <si>
     <t>Відсут.: 0</t>
   </si>
   <si>
     <t>Відсут.: 42</t>
   </si>
   <si>
     <t>Відсут.: 168</t>
   </si>
   <si>
     <t>Відсут.: 142</t>
   </si>
   <si>
     <t>Відсут.: 105</t>
   </si>
@@ -2813,123 +2807,123 @@
           <t>10263Про затвердження Концепції інтегрованого розвитку території Дрогобицької міської територіальної громади</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>60</v>
       </c>
       <c r="E12" t="s">
         <v>47</v>
       </c>
       <c r="F12" t="s">
         <v>73</v>
       </c>
       <c r="G12" t="s">
         <v>49</v>
       </c>
       <c r="H12" t="s">
         <v>50</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K12" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="L12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AA12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB12" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AC12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI12" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ12" t="s" s="5">
         <v>52</v>
       </c>
@@ -4101,51 +4095,51 @@
         <v>52</v>
       </c>
       <c r="AU20" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>85</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
           <t>10272Про присвоєння чергового рангу посадовим особам виконкому Дрогобицької міської ради          </t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>60</v>
       </c>
       <c r="E21" t="s">
         <v>47</v>
       </c>
       <c r="F21" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="G21" t="s">
         <v>49</v>
       </c>
       <c r="H21" t="s">
         <v>50</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N21" t="s" s="5">
         <v>52</v>
       </c>
@@ -4232,51 +4226,51 @@
       </c>
       <c r="AP21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU21" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
           <t>10273Про внесення змін в рішення Дрогобицької міської ради від 25 травня 2023 року № 1637 «Про затвердження структури Дрогобицької міської ради, загальної чисельності».</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>60</v>
       </c>
       <c r="E22" t="s">
         <v>47</v>
       </c>
       <c r="F22" t="s">
         <v>61</v>
       </c>
       <c r="G22" t="s">
         <v>49</v>
       </c>
       <c r="H22" t="s">
         <v>50</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J22" t="s" s="5">
@@ -4377,65 +4371,65 @@
       </c>
       <c r="AP22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
           <t>10274Про внесення змін до Положення про департамент міського господарства Дрогобицької міської ради</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>60</v>
       </c>
       <c r="E23" t="s">
         <v>47</v>
       </c>
       <c r="F23" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="G23" t="s">
         <v>49</v>
       </c>
       <c r="H23" t="s">
         <v>50</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N23" t="s" s="5">
         <v>53</v>
       </c>
@@ -4522,210 +4516,210 @@
       </c>
       <c r="AP23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
           <t>10276Про відповідальність депутата міської ради за порушення правил етичної поведінки та прийняття звернення</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>60</v>
       </c>
       <c r="E24" t="s">
         <v>47</v>
       </c>
       <c r="F24" t="s">
-        <v>84</v>
+        <v>73</v>
       </c>
       <c r="G24" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="H24" t="s">
         <v>50</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S24" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="T24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE24" t="s" s="5">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="AF24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI24" t="s" s="5">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="AJ24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
           <t>10277Про затвердження Положення про рекреаційну діяльність у межах об’єкта природно-заповідного фонду – парку-пам’ятки садово-паркового мистецтва місцевого значення «Парк культури і</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>60</v>
       </c>
       <c r="E25" t="s">
         <v>47</v>
       </c>
       <c r="F25" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G25" t="s">
         <v>49</v>
       </c>
       <c r="H25" t="s">
         <v>50</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N25" t="s" s="5">
         <v>52</v>
       </c>
@@ -4812,54 +4806,54 @@
       </c>
       <c r="AP25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU25" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>93</v>
+      </c>
+      <c r="C26" t="s" s="4">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="D26" t="s">
         <v>60</v>
       </c>
       <c r="E26" t="s">
         <v>47</v>
       </c>
       <c r="F26" t="s">
         <v>48</v>
       </c>
       <c r="G26" t="s">
         <v>49</v>
       </c>
       <c r="H26" t="s">
         <v>50</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>52</v>
       </c>
@@ -4955,65 +4949,65 @@
       </c>
       <c r="AP26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
           <t>10279Про затвердження Програми перспективного розвитку комунального підприємства «Дрогобицька лазня» Дрогобицької міської ради на 2025 рік</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>60</v>
       </c>
       <c r="E27" t="s">
         <v>47</v>
       </c>
       <c r="F27" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G27" t="s">
         <v>49</v>
       </c>
       <c r="H27" t="s">
         <v>50</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N27" t="s" s="5">
         <v>53</v>
       </c>
@@ -5100,65 +5094,65 @@
       </c>
       <c r="AP27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU27" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
           <t>10280Про відмову у наданні безоплатно у власність земельної ділянки, у затвердженні проекту землеустрою щодо відведення земельної ділянки, у продовженні договорів про встановлення особистого</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>46</v>
       </c>
       <c r="E28" t="s">
         <v>47</v>
       </c>
       <c r="F28" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G28" t="s">
         <v>49</v>
       </c>
       <c r="H28" t="s">
         <v>50</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N28" t="s" s="5">
         <v>52</v>
       </c>
@@ -5245,57 +5239,57 @@
       </c>
       <c r="AP28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU28" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>97</v>
+      </c>
+      <c r="C29" t="s" s="4">
         <v>98</v>
       </c>
-      <c r="C29" t="s" s="4">
+      <c r="D29" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="E29" t="s">
         <v>47</v>
       </c>
       <c r="F29" t="s">
         <v>84</v>
       </c>
       <c r="G29" t="s">
         <v>49</v>
       </c>
       <c r="H29" t="s">
         <v>50</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L29" t="s" s="5">
         <v>52</v>
       </c>
@@ -5388,65 +5382,65 @@
       </c>
       <c r="AP29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
           <t>10282Про відмову у наданні безоплатно у власність земельної ділянки, у затвердженні проекту землеустрою щодо відведення земельної ділянки, у продовженні договорів про встановлення особистого</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>56</v>
       </c>
       <c r="E30" t="s">
         <v>47</v>
       </c>
       <c r="F30" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="G30" t="s">
         <v>49</v>
       </c>
       <c r="H30" t="s">
         <v>50</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N30" t="s" s="5">
         <v>53</v>
       </c>
@@ -5533,51 +5527,51 @@
       </c>
       <c r="AP30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU30" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
           <t>10283Про включення в перелік земельних ділянок несільськогосподарського призначення, які підлягають продажу у власність під об’єктами нерухомого майна</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>60</v>
       </c>
       <c r="E31" t="s">
         <v>47</v>
       </c>
       <c r="F31" t="s">
         <v>84</v>
       </c>
       <c r="G31" t="s">
         <v>49</v>
       </c>
       <c r="H31" t="s">
         <v>50</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J31" t="s" s="5">
@@ -5678,54 +5672,54 @@
       </c>
       <c r="AP31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU31" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
+        <v>102</v>
+      </c>
+      <c r="C32" t="s" s="4">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="D32" t="s">
         <v>60</v>
       </c>
       <c r="E32" t="s">
         <v>47</v>
       </c>
       <c r="F32" t="s">
         <v>57</v>
       </c>
       <c r="G32" t="s">
         <v>49</v>
       </c>
       <c r="H32" t="s">
         <v>50</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>52</v>
       </c>
@@ -5821,65 +5815,65 @@
       </c>
       <c r="AP32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU32" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
           <t>10285Про затвердження проектів землеустрою щодо відведення земельних ділянок та передачу в оренду земельних ділянок</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>60</v>
       </c>
       <c r="E33" t="s">
         <v>47</v>
       </c>
       <c r="F33" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G33" t="s">
         <v>49</v>
       </c>
       <c r="H33" t="s">
         <v>50</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N33" t="s" s="5">
         <v>52</v>
       </c>
@@ -5966,65 +5960,65 @@
       </c>
       <c r="AP33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU33" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
           <t>10286Про затвердження проекту землеустрою щодо відведення земельної ділянки для індивідуального садівництва та передачу у власність земельної ділянки</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>60</v>
       </c>
       <c r="E34" t="s">
         <v>47</v>
       </c>
       <c r="F34" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G34" t="s">
         <v>49</v>
       </c>
       <c r="H34" t="s">
         <v>50</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N34" t="s" s="5">
         <v>53</v>
       </c>
@@ -6111,51 +6105,51 @@
       </c>
       <c r="AP34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU34" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
           <t>10287Про затвердження проектів землеустрою щодо відведення земельних ділянок для будівництва і обслуговування житлового будинку, господарських будівель і споруд (присадибна ділянка) та</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>60</v>
       </c>
       <c r="E35" t="s">
         <v>47</v>
       </c>
       <c r="F35" t="s">
         <v>48</v>
       </c>
       <c r="G35" t="s">
         <v>49</v>
       </c>
       <c r="H35" t="s">
         <v>50</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J35" t="s" s="5">
@@ -6256,65 +6250,65 @@
       </c>
       <c r="AP35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
           <t>10288Про затвердження проекту землеустрою щодо відведення земельної ділянки для будівництва і обслуговування багатоквартирного житлового будинку та передати земельну ділянку у постійне</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>60</v>
       </c>
       <c r="E36" t="s">
         <v>47</v>
       </c>
       <c r="F36" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="G36" t="s">
         <v>49</v>
       </c>
       <c r="H36" t="s">
         <v>50</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N36" t="s" s="5">
         <v>53</v>
       </c>
@@ -6401,65 +6395,65 @@
       </c>
       <c r="AP36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU36" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
           <t>10289Про затвердження проекту землеустрою щодо відведення земельної ділянки та передачу її у постійне користування для будівництва та обслуговування будівель закладів</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>60</v>
       </c>
       <c r="E37" t="s">
         <v>47</v>
       </c>
       <c r="F37" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="G37" t="s">
         <v>49</v>
       </c>
       <c r="H37" t="s">
         <v>50</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N37" t="s" s="5">
         <v>52</v>
       </c>
@@ -6546,65 +6540,65 @@
       </c>
       <c r="AP37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU37" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
           <t>10290Про затвердження проекту землеустрою щодо відведення земельної ділянки та передачу в постійне користування земельної ділянки на вул. Солоний Ставок в м. Дрогобичі</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>60</v>
       </c>
       <c r="E38" t="s">
         <v>47</v>
       </c>
       <c r="F38" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="G38" t="s">
         <v>49</v>
       </c>
       <c r="H38" t="s">
         <v>50</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N38" t="s" s="5">
         <v>52</v>
       </c>
@@ -6691,65 +6685,65 @@
       </c>
       <c r="AP38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU38" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
           <t>10291Про затвердження проектів землеустрою щодо відведення земельних ділянок загального користування відведені під місця поховання та передачу в постійне користування земельних ділянок</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>60</v>
       </c>
       <c r="E39" t="s">
         <v>47</v>
       </c>
       <c r="F39" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G39" t="s">
         <v>49</v>
       </c>
       <c r="H39" t="s">
         <v>50</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N39" t="s" s="5">
         <v>53</v>
       </c>
@@ -6836,51 +6830,51 @@
       </c>
       <c r="AP39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU39" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
           <t>10292 Про затвердження проекту землеустрою, що забезпечує еколого-економічне обґрунтування сівозміни та впорядкування угідь земельної ділянки для ведення товарного сільськогосподарського</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>46</v>
       </c>
       <c r="E40" t="s">
         <v>47</v>
       </c>
       <c r="F40" t="s">
         <v>63</v>
       </c>
       <c r="G40" t="s">
         <v>49</v>
       </c>
       <c r="H40" t="s">
         <v>50</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J40" t="s" s="5">
@@ -6981,51 +6975,51 @@
       </c>
       <c r="AP40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU40" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
           <t>10294 Про затвердження проекту землеустрою, що забезпечує еколого-економічне обґрунтування сівозміни та впорядкування угідь земельної ділянки для ведення товарного сільськогосподарського</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>56</v>
       </c>
       <c r="E41" t="s">
         <v>47</v>
       </c>
       <c r="F41" t="s">
         <v>61</v>
       </c>
       <c r="G41" t="s">
         <v>49</v>
       </c>
       <c r="H41" t="s">
         <v>50</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J41" t="s" s="5">
@@ -7126,51 +7120,51 @@
       </c>
       <c r="AP41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU41" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
           <t>10295Про затвердження технічних документацій із землеустрою щодо інвентаризації земель для забезпечення охорони об’єктів культурної спадщини</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>60</v>
       </c>
       <c r="E42" t="s">
         <v>47</v>
       </c>
       <c r="F42" t="s">
         <v>57</v>
       </c>
       <c r="G42" t="s">
         <v>49</v>
       </c>
       <c r="H42" t="s">
         <v>50</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J42" t="s" s="5">
@@ -7271,51 +7265,51 @@
       </c>
       <c r="AP42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU42" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
           <t>10296Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) для ведення індивідуального садівництва </t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>60</v>
       </c>
       <c r="E43" t="s">
         <v>47</v>
       </c>
       <c r="F43" t="s">
         <v>57</v>
       </c>
       <c r="G43" t="s">
         <v>49</v>
       </c>
       <c r="H43" t="s">
         <v>50</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J43" t="s" s="5">
@@ -7416,54 +7410,54 @@
       </c>
       <c r="AP43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU43" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
+        <v>116</v>
+      </c>
+      <c r="C44" t="s" s="4">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="D44" t="s">
         <v>60</v>
       </c>
       <c r="E44" t="s">
         <v>47</v>
       </c>
       <c r="F44" t="s">
         <v>63</v>
       </c>
       <c r="G44" t="s">
         <v>49</v>
       </c>
       <c r="H44" t="s">
         <v>50</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>52</v>
       </c>
@@ -7559,104 +7553,104 @@
       </c>
       <c r="AP44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
           <t>10298Про затвердження технічної документації із землеустрою щодо поділу та об’єднання земельної ділянки  на вул. І. Білозіра в с. Почаєвичі Дрогобицького району та передачу в оренду земельних</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>60</v>
       </c>
       <c r="E45" t="s">
-        <v>120</v>
+        <v>47</v>
       </c>
       <c r="F45" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="G45" t="s">
         <v>49</v>
       </c>
       <c r="H45" t="s">
         <v>50</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M45" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="N45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S45" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="T45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="U45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA45" t="s" s="5">
         <v>51</v>
       </c>
@@ -7704,51 +7698,51 @@
       </c>
       <c r="AP45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU45" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
           <t>10299Про затвердження технічних документацій із землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для будівництва та обслуговування житлових будинків,</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>60</v>
       </c>
       <c r="E46" t="s">
         <v>47</v>
       </c>
       <c r="F46" t="s">
         <v>63</v>
       </c>
       <c r="G46" t="s">
         <v>49</v>
       </c>
       <c r="H46" t="s">
         <v>50</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J46" t="s" s="5">
@@ -7849,65 +7843,65 @@
       </c>
       <c r="AP46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU46" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
           <t>10300Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для ведення товарного сільськогосподарського</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>60</v>
       </c>
       <c r="E47" t="s">
         <v>47</v>
       </c>
       <c r="F47" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G47" t="s">
         <v>49</v>
       </c>
       <c r="H47" t="s">
         <v>50</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N47" t="s" s="5">
         <v>53</v>
       </c>
@@ -7994,65 +7988,65 @@
       </c>
       <c r="AP47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU47" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
           <t>10301Про надання в оренду земельної ділянки в комплексі з розташованим на ній водними об’єктами за межами населеного пункту с. Болехівці Дрогобицького району</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>60</v>
       </c>
       <c r="E48" t="s">
         <v>47</v>
       </c>
       <c r="F48" t="s">
-        <v>109</v>
+        <v>84</v>
       </c>
       <c r="G48" t="s">
         <v>49</v>
       </c>
       <c r="H48" t="s">
         <v>50</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N48" t="s" s="5">
         <v>53</v>
       </c>
@@ -8098,106 +8092,106 @@
       <c r="AB48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ48" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AK48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU48" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
           <t>10302Про надання дозволу на розроблення проектів землеустрою, що забезпечують еколого-економічне обґрунтування сівозміни та впорядкування угідь земельних ділянок для ведення товарного</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>60</v>
       </c>
       <c r="E49" t="s">
         <v>47</v>
       </c>
       <c r="F49" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G49" t="s">
         <v>49</v>
       </c>
       <c r="H49" t="s">
         <v>50</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N49" t="s" s="5">
         <v>52</v>
       </c>
@@ -8284,51 +8278,51 @@
       </c>
       <c r="AP49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
           <t>10303Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок під об’єктами нерухомого майна  </t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>60</v>
       </c>
       <c r="E50" t="s">
         <v>47</v>
       </c>
       <c r="F50" t="s">
         <v>61</v>
       </c>
       <c r="G50" t="s">
         <v>49</v>
       </c>
       <c r="H50" t="s">
         <v>50</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J50" t="s" s="5">
@@ -8429,65 +8423,65 @@
       </c>
       <c r="AP50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU50" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
           <t>10304Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки, цільове призначення якої змінюється, за межами с. Нижні Гаї Дрогобицького району</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>60</v>
       </c>
       <c r="E51" t="s">
         <v>47</v>
       </c>
       <c r="F51" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="G51" t="s">
         <v>49</v>
       </c>
       <c r="H51" t="s">
         <v>50</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N51" t="s" s="5">
         <v>52</v>
       </c>
@@ -8574,65 +8568,65 @@
       </c>
       <c r="AP51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU51" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
           <t>10305Про надання дозволу на розроблення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) для ведення фермерського</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>60</v>
       </c>
       <c r="E52" t="s">
         <v>47</v>
       </c>
       <c r="F52" t="s">
-        <v>109</v>
+        <v>84</v>
       </c>
       <c r="G52" t="s">
         <v>49</v>
       </c>
       <c r="H52" t="s">
         <v>50</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N52" t="s" s="5">
         <v>53</v>
       </c>
@@ -8681,89 +8675,89 @@
       <c r="AC52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK52" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AL52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU52" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
           <t>10306Про надання дозволу на виготовлення технічних документацій із землеустрою щодо поділу та об’єднання земельних ділянок</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>46</v>
       </c>
       <c r="E53" t="s">
         <v>47</v>
       </c>
       <c r="F53" t="s">
         <v>63</v>
       </c>
       <c r="G53" t="s">
         <v>49</v>
       </c>
       <c r="H53" t="s">
         <v>50</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J53" t="s" s="5">
@@ -8864,51 +8858,51 @@
       </c>
       <c r="AP53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU53" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
           <t>10311Про надання дозволу на виготовлення технічних документацій із землеустрою щодо поділу та об’єднання земельних ділянок</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>56</v>
       </c>
       <c r="E54" t="s">
         <v>47</v>
       </c>
       <c r="F54" t="s">
         <v>63</v>
       </c>
       <c r="G54" t="s">
         <v>49</v>
       </c>
       <c r="H54" t="s">
         <v>50</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J54" t="s" s="5">
@@ -9009,65 +9003,65 @@
       </c>
       <c r="AP54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU54" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
           <t>10312Про надання дозволу на виготовлення технічних документацій із землеустрою щодо інвентаризації земельних ділянок</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>60</v>
       </c>
       <c r="E55" t="s">
         <v>47</v>
       </c>
       <c r="F55" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="G55" t="s">
         <v>49</v>
       </c>
       <c r="H55" t="s">
         <v>50</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N55" t="s" s="5">
         <v>53</v>
       </c>
@@ -9154,63 +9148,63 @@
       </c>
       <c r="AP55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU55" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C56" t="s" s="4">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="D56" t="s">
         <v>60</v>
       </c>
       <c r="E56" t="s">
         <v>47</v>
       </c>
       <c r="F56" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G56" t="s">
         <v>49</v>
       </c>
       <c r="H56" t="s">
         <v>50</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N56" t="s" s="5">
         <v>53</v>
       </c>
@@ -9297,54 +9291,54 @@
       </c>
       <c r="AP56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU56" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C57" t="s" s="4">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="D57" t="s">
         <v>46</v>
       </c>
       <c r="E57" t="s">
         <v>47</v>
       </c>
       <c r="F57" t="s">
         <v>61</v>
       </c>
       <c r="G57" t="s">
         <v>49</v>
       </c>
       <c r="H57" t="s">
         <v>50</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>52</v>
       </c>
@@ -9440,54 +9434,54 @@
       </c>
       <c r="AP57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU57" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C58" t="s" s="4">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="D58" t="s">
         <v>56</v>
       </c>
       <c r="E58" t="s">
         <v>47</v>
       </c>
       <c r="F58" t="s">
         <v>63</v>
       </c>
       <c r="G58" t="s">
         <v>49</v>
       </c>
       <c r="H58" t="s">
         <v>50</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>52</v>
       </c>
@@ -9583,199 +9577,199 @@
       </c>
       <c r="AP58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU58" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
           <t>10317Про продаж земельної ділянки у власність Товариству з обмеженою відповідальністю «САНДАНІ»</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>60</v>
       </c>
       <c r="E59" t="s">
-        <v>120</v>
+        <v>47</v>
       </c>
       <c r="F59" t="s">
-        <v>121</v>
+        <v>84</v>
       </c>
       <c r="G59" t="s">
         <v>49</v>
       </c>
       <c r="H59" t="s">
         <v>50</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S59" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="T59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y59" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Z59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI59" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS59" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C60" t="s" s="4">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D60" t="s">
         <v>60</v>
       </c>
       <c r="E60" t="s">
         <v>47</v>
       </c>
       <c r="F60" t="s">
         <v>48</v>
       </c>
       <c r="G60" t="s">
         <v>49</v>
       </c>
       <c r="H60" t="s">
         <v>50</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>52</v>
       </c>
@@ -9871,65 +9865,65 @@
       </c>
       <c r="AP60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU60" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
           <t>10319Про продовження договорів оренди земельних ділянок для будівництва індивідуальних гаражів в м. Дрогобичі</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>60</v>
       </c>
       <c r="E61" t="s">
         <v>47</v>
       </c>
       <c r="F61" t="s">
-        <v>73</v>
+        <v>119</v>
       </c>
       <c r="G61" t="s">
         <v>49</v>
       </c>
       <c r="H61" t="s">
         <v>50</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N61" t="s" s="5">
         <v>53</v>
       </c>
@@ -10016,51 +10010,51 @@
       </c>
       <c r="AP61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU61" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
           <t>10320Про розтермінування Журав О.М. оплати збитків по орендній платі за земельні ділянки на вул. Дрогобицькій, 48 в с. Рихтичі Дрогобицького району  </t>
         </is>
       </c>
       <c r="D62" t="s">
         <v>60</v>
       </c>
       <c r="E62" t="s">
         <v>47</v>
       </c>
       <c r="F62" t="s">
         <v>61</v>
       </c>
       <c r="G62" t="s">
         <v>49</v>
       </c>
       <c r="H62" t="s">
         <v>50</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J62" t="s" s="5">
@@ -10161,51 +10155,51 @@
       </c>
       <c r="AP62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU62" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
           <t>10321Про включення до переліку земельних ділянок, право оренди яких підлягає продажу на конкурентних засадах (на земельних торгах у формі електронного аукціону), земельних ділянок та про надання</t>
         </is>
       </c>
       <c r="D63" t="s">
         <v>60</v>
       </c>
       <c r="E63" t="s">
         <v>47</v>
       </c>
       <c r="F63" t="s">
         <v>84</v>
       </c>
       <c r="G63" t="s">
         <v>49</v>
       </c>
       <c r="H63" t="s">
         <v>50</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J63" t="s" s="5">
@@ -10306,65 +10300,65 @@
       </c>
       <c r="AP63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU63" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C64" t="inlineStr" s="4">
         <is>
           <t>10322Про затвердження проекту землеустрою, що забезпечує еколого-економічне обґрунтування сівозміни та впорядкування угідь земельної ділянки, про включення до переліку земельних ділянок,</t>
         </is>
       </c>
       <c r="D64" t="s">
         <v>60</v>
       </c>
       <c r="E64" t="s">
         <v>47</v>
       </c>
       <c r="F64" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="G64" t="s">
         <v>49</v>
       </c>
       <c r="H64" t="s">
         <v>50</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N64" t="s" s="5">
         <v>53</v>
       </c>
@@ -10451,51 +10445,51 @@
       </c>
       <c r="AP64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU64" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C65" t="inlineStr" s="4">
         <is>
           <t>10324Про внесення змін та доповнень до порядку денного LХІХ сесії Дрогобицької міської ради</t>
         </is>
       </c>
       <c r="D65" t="s">
         <v>46</v>
       </c>
       <c r="E65" t="s">
         <v>47</v>
       </c>
       <c r="F65" t="s">
         <v>61</v>
       </c>
       <c r="G65" t="s">
         <v>49</v>
       </c>
       <c r="H65" t="s">
         <v>50</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J65" t="s" s="5">
@@ -10596,65 +10590,65 @@
       </c>
       <c r="AP65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU65" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C66" t="inlineStr" s="4">
         <is>
           <t>10325Включити в порядок денний проект  - Про визначення замовником департаменту міського господарства  </t>
         </is>
       </c>
       <c r="D66" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E66" t="s">
         <v>47</v>
       </c>
       <c r="F66" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G66" t="s">
         <v>49</v>
       </c>
       <c r="H66" t="s">
         <v>50</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N66" t="s" s="5">
         <v>52</v>
       </c>
@@ -10741,65 +10735,65 @@
       </c>
       <c r="AP66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU66" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C67" t="inlineStr" s="4">
         <is>
           <t>10326Включити в порядок денний проект- Про затвердження Програми співфінансування капітального ремонту об’єктів  благоустрою Дрогобицької міської територіальної громади на 2025-2026 роки </t>
         </is>
       </c>
       <c r="D67" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E67" t="s">
         <v>47</v>
       </c>
       <c r="F67" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="G67" t="s">
         <v>49</v>
       </c>
       <c r="H67" t="s">
         <v>50</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N67" t="s" s="5">
         <v>52</v>
       </c>
@@ -10886,59 +10880,59 @@
       </c>
       <c r="AP67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU67" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C68" t="inlineStr" s="4">
         <is>
           <t>10327Включити в порядок денний проект -  Про включення у перелік земельних ділянок несільськогосподарського призначення, які підлягають продажу у власність земельної ділянки під об’єктом</t>
         </is>
       </c>
       <c r="D68" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E68" t="s">
         <v>47</v>
       </c>
       <c r="F68" t="s">
         <v>63</v>
       </c>
       <c r="G68" t="s">
         <v>49</v>
       </c>
       <c r="H68" t="s">
         <v>50</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L68" t="s" s="5">
         <v>52</v>
       </c>
@@ -11031,59 +11025,59 @@
       </c>
       <c r="AP68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU68" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C69" t="inlineStr" s="4">
         <is>
           <t>10328Включити в порядок денний проект  - Про затвердження технічної документації із землеустрою щодо поділу та об’єднання  земельних ділянок та передачу в оренду земельної ділянки.  </t>
         </is>
       </c>
       <c r="D69" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E69" t="s">
         <v>47</v>
       </c>
       <c r="F69" t="s">
         <v>57</v>
       </c>
       <c r="G69" t="s">
         <v>49</v>
       </c>
       <c r="H69" t="s">
         <v>50</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L69" t="s" s="5">
         <v>52</v>
       </c>
@@ -11176,63 +11170,63 @@
       </c>
       <c r="AP69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU69" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C70" t="s" s="4">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="D70" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E70" t="s">
         <v>47</v>
       </c>
       <c r="F70" t="s">
-        <v>148</v>
+        <v>80</v>
       </c>
       <c r="G70" t="s">
         <v>49</v>
       </c>
       <c r="H70" t="s">
         <v>50</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N70" t="s" s="5">
         <v>52</v>
       </c>
@@ -11296,88 +11290,88 @@
       <c r="AH70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP70" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU70" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="C71" t="inlineStr" s="4">
         <is>
           <t>10331Про внесення змін та доповнень до порядку денного LХІХ сесії Дрогобицької міської ради</t>
         </is>
       </c>
       <c r="D71" t="s">
         <v>56</v>
       </c>
       <c r="E71" t="s">
         <v>47</v>
       </c>
       <c r="F71" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="G71" t="s">
         <v>49</v>
       </c>
       <c r="H71" t="s">
         <v>50</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N71" t="s" s="5">
         <v>52</v>
       </c>
@@ -11464,63 +11458,63 @@
       </c>
       <c r="AP71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU71" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C72" t="s" s="4">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D72" t="s">
         <v>60</v>
       </c>
       <c r="E72" t="s">
         <v>47</v>
       </c>
       <c r="F72" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G72" t="s">
         <v>49</v>
       </c>
       <c r="H72" t="s">
         <v>50</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N72" t="s" s="5">
         <v>53</v>
       </c>
@@ -11607,65 +11601,65 @@
       </c>
       <c r="AP72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU72" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="C73" t="inlineStr" s="4">
         <is>
           <t>10333Про затвердження Програми «Покращення обороноздатності *** на 2025 рік, в новій редакції»</t>
         </is>
       </c>
       <c r="D73" t="s">
         <v>60</v>
       </c>
       <c r="E73" t="s">
         <v>47</v>
       </c>
       <c r="F73" t="s">
-        <v>57</v>
+        <v>146</v>
       </c>
       <c r="G73" t="s">
         <v>49</v>
       </c>
       <c r="H73" t="s">
         <v>50</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N73" t="s" s="5">
         <v>52</v>
       </c>
@@ -11681,51 +11675,51 @@
       <c r="R73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z73" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH73" t="s" s="5">
         <v>51</v>
       </c>
@@ -11752,54 +11746,54 @@
       </c>
       <c r="AP73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU73" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C74" t="s" s="4">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="D74" t="s">
         <v>60</v>
       </c>
       <c r="E74" t="s">
         <v>47</v>
       </c>
       <c r="F74" t="s">
         <v>80</v>
       </c>
       <c r="G74" t="s">
         <v>49</v>
       </c>
       <c r="H74" t="s">
         <v>50</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>52</v>
       </c>
@@ -11895,51 +11889,51 @@
       </c>
       <c r="AP74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU74" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C75" t="inlineStr" s="4">
         <is>
           <t>10335Про внесення змін до Програми національно-патріотичного виховання учнівської молоді «Крила України» гімназії №5 імені Героя України генерал-майора Сергія Кульчицького Дрогобицької</t>
         </is>
       </c>
       <c r="D75" t="s">
         <v>60</v>
       </c>
       <c r="E75" t="s">
         <v>47</v>
       </c>
       <c r="F75" t="s">
         <v>80</v>
       </c>
       <c r="G75" t="s">
         <v>49</v>
       </c>
       <c r="H75" t="s">
         <v>50</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J75" t="s" s="5">
@@ -12040,65 +12034,65 @@
       </c>
       <c r="AP75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU75" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C76" t="inlineStr" s="4">
         <is>
           <t>10336Про затвердження Положення про конкурс на посаду керівника закладу загальної середньої освіти Дрогобицької міської ради Львівської області</t>
         </is>
       </c>
       <c r="D76" t="s">
         <v>60</v>
       </c>
       <c r="E76" t="s">
         <v>47</v>
       </c>
       <c r="F76" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="G76" t="s">
         <v>49</v>
       </c>
       <c r="H76" t="s">
         <v>50</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N76" t="s" s="5">
         <v>52</v>
       </c>
@@ -12185,51 +12179,51 @@
       </c>
       <c r="AP76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU76" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="C77" t="inlineStr" s="4">
         <is>
           <t>10337Про внесення змін до складу ліквідаційної комісії Міського центру фізичного здоров’я населення «Спорт для всіх» Дрогобицької міської ради Львівської області, затвердженого рішенням ДМР</t>
         </is>
       </c>
       <c r="D77" t="s">
         <v>60</v>
       </c>
       <c r="E77" t="s">
         <v>47</v>
       </c>
       <c r="F77" t="s">
         <v>57</v>
       </c>
       <c r="G77" t="s">
         <v>49</v>
       </c>
       <c r="H77" t="s">
         <v>50</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J77" t="s" s="5">
@@ -12330,51 +12324,51 @@
       </c>
       <c r="AP77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU77" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C78" t="inlineStr" s="4">
         <is>
           <t>10338Про надання дозволу на розроблення проєкту містобудівної документації «Детальний план території земельної ділянки (кадастровий номер 4610600000:01:022:0223), площею 10,2604 га, на вул. Бориславській у м.</t>
         </is>
       </c>
       <c r="D78" t="s">
         <v>60</v>
       </c>
       <c r="E78" t="s">
         <v>47</v>
       </c>
       <c r="F78" t="s">
         <v>57</v>
       </c>
       <c r="G78" t="s">
         <v>49</v>
       </c>
       <c r="H78" t="s">
         <v>50</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J78" t="s" s="5">
@@ -12475,54 +12469,54 @@
       </c>
       <c r="AP78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU78" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C79" t="s" s="4">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="D79" t="s">
         <v>46</v>
       </c>
       <c r="E79" t="s">
         <v>47</v>
       </c>
       <c r="F79" t="s">
         <v>63</v>
       </c>
       <c r="G79" t="s">
         <v>49</v>
       </c>
       <c r="H79" t="s">
         <v>50</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>52</v>
       </c>
@@ -12618,63 +12612,63 @@
       </c>
       <c r="AP79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU79" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C80" t="s" s="4">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="D80" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E80" t="s">
         <v>47</v>
       </c>
       <c r="F80" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="G80" t="s">
         <v>49</v>
       </c>
       <c r="H80" t="s">
         <v>50</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N80" t="s" s="5">
         <v>52</v>
       </c>
@@ -12761,54 +12755,54 @@
       </c>
       <c r="AP80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU80" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C81" t="s" s="4">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="D81" t="s">
         <v>56</v>
       </c>
       <c r="E81" t="s">
         <v>47</v>
       </c>
       <c r="F81" t="s">
         <v>61</v>
       </c>
       <c r="G81" t="s">
         <v>49</v>
       </c>
       <c r="H81" t="s">
         <v>50</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>52</v>
       </c>
@@ -12904,54 +12898,54 @@
       </c>
       <c r="AP81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU81" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="C82" t="s" s="4">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="D82" t="s">
         <v>60</v>
       </c>
       <c r="E82" t="s">
         <v>47</v>
       </c>
       <c r="F82" t="s">
         <v>84</v>
       </c>
       <c r="G82" t="s">
         <v>49</v>
       </c>
       <c r="H82" t="s">
         <v>50</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>52</v>
       </c>
@@ -13047,63 +13041,63 @@
       </c>
       <c r="AP82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU82" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C83" t="s" s="4">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="D83" t="s">
         <v>60</v>
       </c>
       <c r="E83" t="s">
         <v>47</v>
       </c>
       <c r="F83" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="G83" t="s">
         <v>49</v>
       </c>
       <c r="H83" t="s">
         <v>50</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N83" t="s" s="5">
         <v>52</v>
       </c>
@@ -13190,65 +13184,65 @@
       </c>
       <c r="AP83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU83" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C84" t="inlineStr" s="4">
         <is>
           <t>10344Про затвердження Програми співфінансування капітального ремонту об’єктів  благоустрою Дрогобицької міської територіальної громади на 2025-2026 роки  </t>
         </is>
       </c>
       <c r="D84" t="s">
         <v>60</v>
       </c>
       <c r="E84" t="s">
         <v>47</v>
       </c>
       <c r="F84" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="G84" t="s">
         <v>49</v>
       </c>
       <c r="H84" t="s">
         <v>50</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N84" t="s" s="5">
         <v>53</v>
       </c>
@@ -13335,208 +13329,208 @@
       </c>
       <c r="AP84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU84" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C85" t="inlineStr" s="4">
         <is>
           <t>10345Про підтвердження дії підпунктів 1.4. та 2.4 рішення Дрогобицької міської ради від 24.07.2025 року № 3342 `Про затвердження проектів землеустрою щодо відведення земельних ділянок та передачу в</t>
         </is>
       </c>
       <c r="D85" t="s">
+        <v>174</v>
+      </c>
+      <c r="E85" t="s">
+        <v>175</v>
+      </c>
+      <c r="F85" t="s">
         <v>176</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
       <c r="G85" t="s">
         <v>49</v>
       </c>
       <c r="H85" t="s">
+        <v>177</v>
+      </c>
+      <c r="I85" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="J85" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="K85" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="L85" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="M85" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="N85" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="O85" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="P85" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Q85" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="R85" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="S85" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="T85" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="U85" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="V85" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="W85" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="X85" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="Y85" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Z85" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AA85" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AB85" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AC85" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AD85" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AE85" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AF85" t="s" s="5">
         <v>178</v>
       </c>
-      <c r="I85" t="s" s="5">
-[...70 lines deleted...]
-      </c>
       <c r="AG85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI85" t="s" s="5">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="AJ85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AL85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU85" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
+        <v>179</v>
+      </c>
+      <c r="C86" t="s" s="4">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="D86" t="s">
         <v>60</v>
       </c>
       <c r="E86" t="s">
-        <v>120</v>
+        <v>175</v>
       </c>
       <c r="F86" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="G86" t="s">
         <v>49</v>
       </c>
       <c r="H86" t="s">
         <v>50</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N86" t="s" s="5">
         <v>52</v>
       </c>
@@ -13623,63 +13617,63 @@
       </c>
       <c r="AP86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU86" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
+        <v>182</v>
+      </c>
+      <c r="C87" t="s" s="4">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="D87" t="s">
         <v>60</v>
       </c>
       <c r="E87" t="s">
         <v>47</v>
       </c>
       <c r="F87" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="G87" t="s">
         <v>49</v>
       </c>
       <c r="H87" t="s">
         <v>50</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N87" t="s" s="5">
         <v>52</v>
       </c>
@@ -13766,51 +13760,51 @@
       </c>
       <c r="AP87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU87" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="C88" t="inlineStr" s="4">
         <is>
           <t>10348Про відмову у наданні дозволу на виготовлення технічних документацій щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості), у наданні згоди на затвердження</t>
         </is>
       </c>
       <c r="D88" t="s">
         <v>60</v>
       </c>
       <c r="E88" t="s">
         <v>47</v>
       </c>
       <c r="F88" t="s">
         <v>84</v>
       </c>
       <c r="G88" t="s">
         <v>49</v>
       </c>
       <c r="H88" t="s">
         <v>50</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J88" t="s" s="5">
@@ -13911,51 +13905,51 @@
       </c>
       <c r="AP88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU88" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="C89" t="inlineStr" s="4">
         <is>
           <t>10349Про надання дозволу на розроблення технічної документації щодо поділу та об’єднання земельної ділянки за межами с. Медвежа Дрогобицького району  </t>
         </is>
       </c>
       <c r="D89" t="s">
         <v>60</v>
       </c>
       <c r="E89" t="s">
         <v>47</v>
       </c>
       <c r="F89" t="s">
         <v>61</v>
       </c>
       <c r="G89" t="s">
         <v>49</v>
       </c>
       <c r="H89" t="s">
         <v>50</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J89" t="s" s="5">
@@ -14056,51 +14050,51 @@
       </c>
       <c r="AP89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU89" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C90" t="inlineStr" s="4">
         <is>
           <t>10350Про затвердження проекту землеустрою щодо відведення земельної ділянки та передачу в оренду земельної ділянки на вул. Спортивній, 21А в м. Дрогобичі</t>
         </is>
       </c>
       <c r="D90" t="s">
         <v>60</v>
       </c>
       <c r="E90" t="s">
         <v>47</v>
       </c>
       <c r="F90" t="s">
         <v>48</v>
       </c>
       <c r="G90" t="s">
         <v>49</v>
       </c>
       <c r="H90" t="s">
         <v>50</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J90" t="s" s="5">
@@ -14201,86 +14195,86 @@
       </c>
       <c r="AP90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU90" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="C91" t="inlineStr" s="4">
         <is>
           <t>10351Про затвердження проектів землеустрою щодо відведення земельних ділянок для городництва та передачу в оренду земельних ділянок</t>
         </is>
       </c>
       <c r="D91" t="s">
         <v>60</v>
       </c>
       <c r="E91" t="s">
-        <v>120</v>
+        <v>47</v>
       </c>
       <c r="F91" t="s">
-        <v>121</v>
+        <v>108</v>
       </c>
       <c r="G91" t="s">
         <v>49</v>
       </c>
       <c r="H91" t="s">
         <v>50</v>
       </c>
       <c r="I91" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="J91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M91" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="N91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U91" t="s" s="5">
         <v>52</v>
       </c>
@@ -14320,77 +14314,77 @@
       <c r="AG91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO91" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AP91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU91" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="C92" t="inlineStr" s="4">
         <is>
           <t>10352Про затвердження проектів землеустрою щодо відведення земельних ділянок для  розміщення та експлуатації об’єктів і споруд електронних комунікацій та надання в оренду земельних ділянок</t>
         </is>
       </c>
       <c r="D92" t="s">
         <v>60</v>
       </c>
       <c r="E92" t="s">
         <v>47</v>
       </c>
       <c r="F92" t="s">
         <v>57</v>
       </c>
       <c r="G92" t="s">
         <v>49</v>
       </c>
       <c r="H92" t="s">
         <v>50</v>
       </c>
       <c r="I92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J92" t="s" s="5">
@@ -14491,51 +14485,51 @@
       </c>
       <c r="AP92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU92" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="C93" t="inlineStr" s="4">
         <is>
           <t>10353Про затвердження проектів землеустрою щодо організації і встановлення меж територій природно-заповідного фонду та іншого природоохоронного призначення, оздоровчого, рекреаційного,</t>
         </is>
       </c>
       <c r="D93" t="s">
         <v>60</v>
       </c>
       <c r="E93" t="s">
         <v>47</v>
       </c>
       <c r="F93" t="s">
         <v>63</v>
       </c>
       <c r="G93" t="s">
         <v>49</v>
       </c>
       <c r="H93" t="s">
         <v>50</v>
       </c>
       <c r="I93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J93" t="s" s="5">
@@ -14636,65 +14630,65 @@
       </c>
       <c r="AP93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU93" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="C94" t="inlineStr" s="4">
         <is>
           <t>10354Про затвердження технічної документації із землеустрою щодо поділу та об’єднання земельних ділянок, про включення до переліку земельних ділянок, право оренди яких  підлягає продажу на</t>
         </is>
       </c>
       <c r="D94" t="s">
         <v>60</v>
       </c>
       <c r="E94" t="s">
         <v>47</v>
       </c>
       <c r="F94" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G94" t="s">
         <v>49</v>
       </c>
       <c r="H94" t="s">
         <v>50</v>
       </c>
       <c r="I94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N94" t="s" s="5">
         <v>53</v>
       </c>
@@ -14781,51 +14775,51 @@
       </c>
       <c r="AP94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU94" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="C95" t="inlineStr" s="4">
         <is>
           <t>10355Про затвердження проекту землеустрою щодо відведення земельної ділянки загального користування відведеної під місця поховання та передачу в постійне користування земельної ділянки на</t>
         </is>
       </c>
       <c r="D95" t="s">
         <v>60</v>
       </c>
       <c r="E95" t="s">
         <v>47</v>
       </c>
       <c r="F95" t="s">
         <v>63</v>
       </c>
       <c r="G95" t="s">
         <v>49</v>
       </c>
       <c r="H95" t="s">
         <v>50</v>
       </c>
       <c r="I95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J95" t="s" s="5">
@@ -14926,51 +14920,51 @@
       </c>
       <c r="AP95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU95" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="C96" t="inlineStr" s="4">
         <is>
           <t>10356Про затвердження технічних документацій із землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості)  для будівництва та обслуговування житлових будинків,</t>
         </is>
       </c>
       <c r="D96" t="s">
         <v>60</v>
       </c>
       <c r="E96" t="s">
         <v>47</v>
       </c>
       <c r="F96" t="s">
         <v>61</v>
       </c>
       <c r="G96" t="s">
         <v>49</v>
       </c>
       <c r="H96" t="s">
         <v>50</v>
       </c>
       <c r="I96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J96" t="s" s="5">
@@ -15071,51 +15065,51 @@
       </c>
       <c r="AP96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU96" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C97" t="inlineStr" s="4">
         <is>
           <t>10357Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для ведення товарного сільськогосподарського</t>
         </is>
       </c>
       <c r="D97" t="s">
         <v>60</v>
       </c>
       <c r="E97" t="s">
         <v>47</v>
       </c>
       <c r="F97" t="s">
         <v>48</v>
       </c>
       <c r="G97" t="s">
         <v>49</v>
       </c>
       <c r="H97" t="s">
         <v>50</v>
       </c>
       <c r="I97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J97" t="s" s="5">
@@ -15216,65 +15210,65 @@
       </c>
       <c r="AP97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU97" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="C98" t="inlineStr" s="4">
         <is>
           <t>10358Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки для городництва на вул. Грушевського в с. Раневичі Дрогобицького району</t>
         </is>
       </c>
       <c r="D98" t="s">
         <v>60</v>
       </c>
       <c r="E98" t="s">
-        <v>120</v>
+        <v>175</v>
       </c>
       <c r="F98" t="s">
-        <v>121</v>
+        <v>195</v>
       </c>
       <c r="G98" t="s">
         <v>49</v>
       </c>
       <c r="H98" t="s">
         <v>50</v>
       </c>
       <c r="I98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N98" t="s" s="5">
         <v>53</v>
       </c>
@@ -15347,51 +15341,51 @@
       <c r="AK98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AM98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS98" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AT98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU98" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
         <v>196</v>
       </c>
       <c r="C99" t="inlineStr" s="4">
         <is>
           <t>10359Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) під об’єктом нерухомого майна зі</t>
         </is>
       </c>
       <c r="D99" t="s">
         <v>60</v>
       </c>
       <c r="E99" t="s">
         <v>47</v>
@@ -15520,51 +15514,51 @@
         <v>52</v>
       </c>
       <c r="AU99" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
         <v>197</v>
       </c>
       <c r="C100" t="inlineStr" s="4">
         <is>
           <t>10360Про надання в оренду земельної ділянки    на  вул. П. Орлика, 18/20 (на ринку «Сонячний промінь») в  м. Дрогобичі під об’єктом нерухомого майна  </t>
         </is>
       </c>
       <c r="D100" t="s">
         <v>60</v>
       </c>
       <c r="E100" t="s">
         <v>47</v>
       </c>
       <c r="F100" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="G100" t="s">
         <v>49</v>
       </c>
       <c r="H100" t="s">
         <v>50</v>
       </c>
       <c r="I100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N100" t="s" s="5">
         <v>53</v>
       </c>
@@ -15574,51 +15568,51 @@
       <c r="P100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X100" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Y100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AA100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF100" t="s" s="5">
         <v>52</v>
       </c>
@@ -15805,132 +15799,132 @@
         <v>52</v>
       </c>
       <c r="AT101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU101" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
         <v>200</v>
       </c>
       <c r="C102" t="inlineStr" s="4">
         <is>
           <t>10362Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) зі зміною конфігурації на вул.</t>
         </is>
       </c>
       <c r="D102" t="s">
         <v>60</v>
       </c>
       <c r="E102" t="s">
-        <v>120</v>
+        <v>175</v>
       </c>
       <c r="F102" t="s">
         <v>201</v>
       </c>
       <c r="G102" t="s">
         <v>202</v>
       </c>
       <c r="H102" t="s">
         <v>203</v>
       </c>
       <c r="I102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="T102" t="s" s="5">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="U102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="V102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W102" t="s" s="5">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="X102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AA102" t="s" s="5">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="AB102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC102" t="s" s="5">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="AD102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF102" t="s" s="5">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="AG102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN102" t="s" s="5">
         <v>53</v>
       </c>
@@ -16098,51 +16092,51 @@
         <v>52</v>
       </c>
       <c r="AU103" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
         <v>205</v>
       </c>
       <c r="C104" t="inlineStr" s="4">
         <is>
           <t>10364Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок під об’єктами нерухомого майна  </t>
         </is>
       </c>
       <c r="D104" t="s">
         <v>60</v>
       </c>
       <c r="E104" t="s">
         <v>47</v>
       </c>
       <c r="F104" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="G104" t="s">
         <v>49</v>
       </c>
       <c r="H104" t="s">
         <v>50</v>
       </c>
       <c r="I104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N104" t="s" s="5">
         <v>53</v>
       </c>
@@ -16380,57 +16374,57 @@
       </c>
       <c r="AR105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS105" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT105" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU105" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
         <v>207</v>
       </c>
       <c r="C106" t="s" s="4">
         <v>208</v>
       </c>
       <c r="D106" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E106" t="s">
         <v>47</v>
       </c>
       <c r="F106" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="G106" t="s">
         <v>49</v>
       </c>
       <c r="H106" t="s">
         <v>50</v>
       </c>
       <c r="I106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N106" t="s" s="5">
         <v>53</v>
       </c>
@@ -16523,51 +16517,51 @@
       </c>
       <c r="AR106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU106" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
         <v>209</v>
       </c>
       <c r="C107" t="s" s="4">
         <v>210</v>
       </c>
       <c r="D107" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E107" t="s">
         <v>47</v>
       </c>
       <c r="F107" t="s">
         <v>80</v>
       </c>
       <c r="G107" t="s">
         <v>49</v>
       </c>
       <c r="H107" t="s">
         <v>50</v>
       </c>
       <c r="I107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L107" t="s" s="5">
         <v>52</v>
       </c>
@@ -16666,51 +16660,51 @@
       </c>
       <c r="AR107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU107" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
         <v>211</v>
       </c>
       <c r="C108" t="s" s="4">
         <v>212</v>
       </c>
       <c r="D108" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E108" t="s">
         <v>47</v>
       </c>
       <c r="F108" t="s">
         <v>80</v>
       </c>
       <c r="G108" t="s">
         <v>49</v>
       </c>
       <c r="H108" t="s">
         <v>50</v>
       </c>
       <c r="I108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L108" t="s" s="5">
         <v>52</v>
       </c>
@@ -17107,51 +17101,51 @@
         <v>52</v>
       </c>
       <c r="AU110" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
         <v>215</v>
       </c>
       <c r="C111" t="inlineStr" s="4">
         <is>
           <t>10372Про надання дозволу на передачу в суборенду земельної ділянки на вул. Стрийській, 104 в м. Дрогобичі  </t>
         </is>
       </c>
       <c r="D111" t="s">
         <v>60</v>
       </c>
       <c r="E111" t="s">
         <v>47</v>
       </c>
       <c r="F111" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="G111" t="s">
         <v>49</v>
       </c>
       <c r="H111" t="s">
         <v>50</v>
       </c>
       <c r="I111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N111" t="s" s="5">
         <v>53</v>
       </c>
@@ -17252,51 +17246,51 @@
         <v>53</v>
       </c>
       <c r="AU111" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
         <v>216</v>
       </c>
       <c r="C112" t="inlineStr" s="4">
         <is>
           <t>10373Про продовження договору оренди земельної ділянки для будівництва індивідуальних гаражів на вул. М. Грушевського (біля буд. № 46) в м. Дрогобичі</t>
         </is>
       </c>
       <c r="D112" t="s">
         <v>60</v>
       </c>
       <c r="E112" t="s">
         <v>47</v>
       </c>
       <c r="F112" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="G112" t="s">
         <v>49</v>
       </c>
       <c r="H112" t="s">
         <v>50</v>
       </c>
       <c r="I112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N112" t="s" s="5">
         <v>53</v>
       </c>
@@ -17395,66 +17389,66 @@
       </c>
       <c r="AT112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU112" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
         <v>217</v>
       </c>
       <c r="C113" t="s" s="4">
         <v>218</v>
       </c>
       <c r="D113" t="s">
         <v>60</v>
       </c>
       <c r="E113" t="s">
         <v>47</v>
       </c>
       <c r="F113" t="s">
-        <v>61</v>
+        <v>48</v>
       </c>
       <c r="G113" t="s">
         <v>49</v>
       </c>
       <c r="H113" t="s">
         <v>50</v>
       </c>
       <c r="I113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K113" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="L113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q113" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S113" t="s" s="5">
         <v>51</v>
       </c>
@@ -17975,51 +17969,51 @@
         <v>53</v>
       </c>
       <c r="AU116" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
         <v>222</v>
       </c>
       <c r="C117" t="inlineStr" s="4">
         <is>
           <t>10378Про передачу на баланс КНП «Дрогобицька міська лікарня №1» Дрогобицької міської ради автобуса ATAMAN A092 клас 1</t>
         </is>
       </c>
       <c r="D117" t="s">
         <v>60</v>
       </c>
       <c r="E117" t="s">
         <v>47</v>
       </c>
       <c r="F117" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="G117" t="s">
         <v>49</v>
       </c>
       <c r="H117" t="s">
         <v>50</v>
       </c>
       <c r="I117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N117" t="s" s="5">
         <v>52</v>
       </c>
@@ -18120,51 +18114,51 @@
         <v>52</v>
       </c>
       <c r="AU117" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
         <v>223</v>
       </c>
       <c r="C118" t="inlineStr" s="4">
         <is>
           <t>10379Про передачу на баланс КЗ «Дрогобицький культурно-освітній центр ім. Івана Франка» Дрогобицької міської ради об’єкту нерухомого майна за адресою: м. Дрогобич, між вул. Шевченка Тараса та</t>
         </is>
       </c>
       <c r="D118" t="s">
         <v>46</v>
       </c>
       <c r="E118" t="s">
         <v>47</v>
       </c>
       <c r="F118" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G118" t="s">
         <v>49</v>
       </c>
       <c r="H118" t="s">
         <v>50</v>
       </c>
       <c r="I118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N118" t="s" s="5">
         <v>53</v>
       </c>
@@ -18257,51 +18251,51 @@
       </c>
       <c r="AR118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU118" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
         <v>224</v>
       </c>
       <c r="C119" t="s" s="4">
         <v>225</v>
       </c>
       <c r="D119" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E119" t="s">
         <v>47</v>
       </c>
       <c r="F119" t="s">
         <v>63</v>
       </c>
       <c r="G119" t="s">
         <v>49</v>
       </c>
       <c r="H119" t="s">
         <v>50</v>
       </c>
       <c r="I119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L119" t="s" s="5">
         <v>52</v>
       </c>
@@ -18408,51 +18402,51 @@
         <v>52</v>
       </c>
       <c r="AU119" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
         <v>226</v>
       </c>
       <c r="C120" t="inlineStr" s="4">
         <is>
           <t>10381Про передачу на баланс КЗ «Дрогобицький культурно-освітній центр ім. Івана Франка» Дрогобицької міської ради об’єкту нерухомого майна за адресою: м. Дрогобич, між вул. Шевченка Тараса та</t>
         </is>
       </c>
       <c r="D120" t="s">
         <v>56</v>
       </c>
       <c r="E120" t="s">
         <v>47</v>
       </c>
       <c r="F120" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="G120" t="s">
         <v>49</v>
       </c>
       <c r="H120" t="s">
         <v>50</v>
       </c>
       <c r="I120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N120" t="s" s="5">
         <v>52</v>
       </c>
@@ -18553,51 +18547,51 @@
         <v>52</v>
       </c>
       <c r="AU120" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
         <v>227</v>
       </c>
       <c r="C121" t="inlineStr" s="4">
         <is>
           <t>10382Про передачу на баланс відділу освіти виконавчих органів Дрогобицької міської ради Львівської області газових модульних котелень  </t>
         </is>
       </c>
       <c r="D121" t="s">
         <v>60</v>
       </c>
       <c r="E121" t="s">
         <v>47</v>
       </c>
       <c r="F121" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G121" t="s">
         <v>49</v>
       </c>
       <c r="H121" t="s">
         <v>50</v>
       </c>
       <c r="I121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N121" t="s" s="5">
         <v>52</v>
       </c>
@@ -18988,51 +18982,51 @@
         <v>52</v>
       </c>
       <c r="AU123" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
         <v>230</v>
       </c>
       <c r="C124" t="inlineStr" s="4">
         <is>
           <t>10385Про включення до переліку першого типу об’єктів комунальної власності територіальної громади в особі Дрогобицької міської ради Львівської області, які підлягають передачі в оренду шляхом</t>
         </is>
       </c>
       <c r="D124" t="s">
         <v>46</v>
       </c>
       <c r="E124" t="s">
         <v>47</v>
       </c>
       <c r="F124" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G124" t="s">
         <v>49</v>
       </c>
       <c r="H124" t="s">
         <v>50</v>
       </c>
       <c r="I124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N124" t="s" s="5">
         <v>52</v>
       </c>
@@ -19125,57 +19119,57 @@
       </c>
       <c r="AR124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU124" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
         <v>231</v>
       </c>
       <c r="C125" t="s" s="4">
         <v>232</v>
       </c>
       <c r="D125" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E125" t="s">
-        <v>120</v>
+        <v>47</v>
       </c>
       <c r="F125" t="s">
-        <v>233</v>
+        <v>119</v>
       </c>
       <c r="G125" t="s">
         <v>202</v>
       </c>
       <c r="H125" t="s">
         <v>50</v>
       </c>
       <c r="I125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N125" t="s" s="5">
         <v>53</v>
       </c>
@@ -19200,136 +19194,136 @@
       <c r="U125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC125" t="s" s="5">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="AD125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO125" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AP125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR125" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU125" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="C126" t="inlineStr" s="4">
         <is>
           <t>10387Про включення до переліку першого типу об’єктів комунальної власності територіальної громади в особі Дрогобицької міської ради Львівської області, які підлягають передачі в оренду шляхом</t>
         </is>
       </c>
       <c r="D126" t="s">
         <v>56</v>
       </c>
       <c r="E126" t="s">
         <v>47</v>
       </c>
       <c r="F126" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="G126" t="s">
         <v>202</v>
       </c>
       <c r="H126" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="I126" t="s" s="5">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="J126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N126" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q126" t="s" s="5">
         <v>51</v>
       </c>
@@ -19345,51 +19339,51 @@
       <c r="U126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Z126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA126" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC126" t="s" s="5">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="AD126" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE126" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF126" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK126" t="s" s="5">
         <v>52</v>
       </c>
@@ -19407,65 +19401,65 @@
       </c>
       <c r="AP126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR126" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT126" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU126" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="C127" t="inlineStr" s="4">
         <is>
           <t>10388Про включення до переліку першого типу об’єктів комунальної власності територіальної громади в особі Дрогобицької міської ради Львівської області, які підлягають передачі в оренду шляхом</t>
         </is>
       </c>
       <c r="D127" t="s">
         <v>60</v>
       </c>
       <c r="E127" t="s">
         <v>47</v>
       </c>
       <c r="F127" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G127" t="s">
         <v>49</v>
       </c>
       <c r="H127" t="s">
         <v>50</v>
       </c>
       <c r="I127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N127" t="s" s="5">
         <v>52</v>
       </c>
@@ -19552,51 +19546,51 @@
       </c>
       <c r="AP127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR127" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU127" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="C128" t="inlineStr" s="4">
         <is>
           <t>10389Про дострокове припинення договорів оренди нежитлового приміщення та індивідуально визначеного майна (спортивного інвентаря)</t>
         </is>
       </c>
       <c r="D128" t="s">
         <v>60</v>
       </c>
       <c r="E128" t="s">
         <v>47</v>
       </c>
       <c r="F128" t="s">
         <v>63</v>
       </c>
       <c r="G128" t="s">
         <v>49</v>
       </c>
       <c r="H128" t="s">
         <v>50</v>
       </c>
       <c r="I128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J128" t="s" s="5">
@@ -19697,51 +19691,51 @@
       </c>
       <c r="AP128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU128" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="129">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="C129" t="inlineStr" s="4">
         <is>
           <t>10390Про включення до переліку другого типу об’єктів комунальної  власності територіальної громади в особі Дрогобицької міської ради Львівської області та надання дозволу на укладення</t>
         </is>
       </c>
       <c r="D129" t="s">
         <v>60</v>
       </c>
       <c r="E129" t="s">
         <v>47</v>
       </c>
       <c r="F129" t="s">
         <v>63</v>
       </c>
       <c r="G129" t="s">
         <v>49</v>
       </c>
       <c r="H129" t="s">
         <v>50</v>
       </c>
       <c r="I129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J129" t="s" s="5">
@@ -19842,65 +19836,65 @@
       </c>
       <c r="AP129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU129" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="130">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="C130" t="inlineStr" s="4">
         <is>
           <t>10391Про включення до переліку другого типу об’єктів комунальної  власності територіальної громади в особі Дрогобицької міської ради Львівської області та надання дозволу на укладення</t>
         </is>
       </c>
       <c r="D130" t="s">
         <v>60</v>
       </c>
       <c r="E130" t="s">
         <v>47</v>
       </c>
       <c r="F130" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="G130" t="s">
         <v>49</v>
       </c>
       <c r="H130" t="s">
         <v>50</v>
       </c>
       <c r="I130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N130" t="s" s="5">
         <v>52</v>
       </c>
@@ -19987,65 +19981,65 @@
       </c>
       <c r="AP130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU130" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="C131" t="inlineStr" s="4">
         <is>
           <t>10392Про включення до переліку другого типу об’єктів комунальної  власності територіальної громади в особі Дрогобицької міської ради Львівської області та надання дозволу на укладення</t>
         </is>
       </c>
       <c r="D131" t="s">
         <v>60</v>
       </c>
       <c r="E131" t="s">
         <v>47</v>
       </c>
       <c r="F131" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="G131" t="s">
         <v>49</v>
       </c>
       <c r="H131" t="s">
         <v>50</v>
       </c>
       <c r="I131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N131" t="s" s="5">
         <v>53</v>
       </c>
@@ -20109,86 +20103,86 @@
       <c r="AH131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI131" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP131" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AQ131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU131" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="132">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
+        <v>240</v>
+      </c>
+      <c r="C132" t="s" s="4">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="D132" t="s">
         <v>60</v>
       </c>
       <c r="E132" t="s">
         <v>47</v>
       </c>
       <c r="F132" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="G132" t="s">
         <v>49</v>
       </c>
       <c r="H132" t="s">
         <v>50</v>
       </c>
       <c r="I132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N132" t="s" s="5">
         <v>52</v>
       </c>
@@ -20275,51 +20269,51 @@
       </c>
       <c r="AP132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU132" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="133">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="C133" t="inlineStr" s="4">
         <is>
           <t>10394Про включення до переліку другого типу об’єктів комунальної  власності територіальної громади в особі Дрогобицької міської ради Львівської області та надання дозволу на укладення</t>
         </is>
       </c>
       <c r="D133" t="s">
         <v>60</v>
       </c>
       <c r="E133" t="s">
         <v>47</v>
       </c>
       <c r="F133" t="s">
         <v>57</v>
       </c>
       <c r="G133" t="s">
         <v>49</v>
       </c>
       <c r="H133" t="s">
         <v>50</v>
       </c>
       <c r="I133" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J133" t="s" s="5">
@@ -20420,77 +20414,77 @@
       </c>
       <c r="AP133" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ133" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS133" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT133" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU133" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="C134" t="inlineStr" s="4">
         <is>
           <t>10395Про підтвердження факту перебування об’єкту нерухомого майна в комунальній власності територіальної громади в особі Дрогобицької міської ради Львівської області</t>
         </is>
       </c>
       <c r="D134" t="s">
         <v>60</v>
       </c>
       <c r="E134" t="s">
         <v>47</v>
       </c>
       <c r="F134" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="G134" t="s">
         <v>49</v>
       </c>
       <c r="H134" t="s">
         <v>50</v>
       </c>
       <c r="I134" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J134" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="K134" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L134" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M134" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N134" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R134" t="s" s="5">
         <v>52</v>
       </c>
@@ -20565,54 +20559,54 @@
       </c>
       <c r="AP134" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ134" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS134" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT134" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU134" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="135">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
+        <v>244</v>
+      </c>
+      <c r="C135" t="s" s="4">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="D135" t="s">
         <v>60</v>
       </c>
       <c r="E135" t="s">
         <v>47</v>
       </c>
       <c r="F135" t="s">
         <v>63</v>
       </c>
       <c r="G135" t="s">
         <v>49</v>
       </c>
       <c r="H135" t="s">
         <v>50</v>
       </c>
       <c r="I135" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J135" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K135" t="s" s="5">
         <v>52</v>
       </c>
@@ -20708,65 +20702,65 @@
       </c>
       <c r="AP135" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ135" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS135" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT135" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU135" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="136">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="C136" t="inlineStr" s="4">
         <is>
           <t>10397Про підтвердження затвердження протоколів про результати електронного аукціону та про підтвердження завершення приватизації</t>
         </is>
       </c>
       <c r="D136" t="s">
         <v>60</v>
       </c>
       <c r="E136" t="s">
         <v>47</v>
       </c>
       <c r="F136" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="G136" t="s">
         <v>49</v>
       </c>
       <c r="H136" t="s">
         <v>50</v>
       </c>
       <c r="I136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N136" t="s" s="5">
         <v>52</v>
       </c>
@@ -20853,51 +20847,51 @@
       </c>
       <c r="AP136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU136" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="137">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="C137" t="inlineStr" s="4">
         <is>
           <t>10398Про приватизацію шляхом проведення електронного аукціону з умовами нежитлового приміщення за адресою: м. Стебник, вул. Грушевського М., буд. 2, прим. 2</t>
         </is>
       </c>
       <c r="D137" t="s">
         <v>60</v>
       </c>
       <c r="E137" t="s">
         <v>47</v>
       </c>
       <c r="F137" t="s">
         <v>63</v>
       </c>
       <c r="G137" t="s">
         <v>49</v>
       </c>
       <c r="H137" t="s">
         <v>50</v>
       </c>
       <c r="I137" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J137" t="s" s="5">
@@ -20998,54 +20992,54 @@
       </c>
       <c r="AP137" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ137" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR137" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS137" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT137" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU137" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="138">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
+        <v>248</v>
+      </c>
+      <c r="C138" t="s" s="4">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="D138" t="s">
         <v>60</v>
       </c>
       <c r="E138" t="s">
         <v>47</v>
       </c>
       <c r="F138" t="s">
         <v>61</v>
       </c>
       <c r="G138" t="s">
         <v>49</v>
       </c>
       <c r="H138" t="s">
         <v>50</v>
       </c>
       <c r="I138" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J138" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K138" t="s" s="5">
         <v>52</v>
       </c>
@@ -21141,54 +21135,54 @@
       </c>
       <c r="AP138" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ138" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS138" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT138" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU138" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="139">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
+        <v>250</v>
+      </c>
+      <c r="C139" t="s" s="4">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="D139" t="s">
         <v>60</v>
       </c>
       <c r="E139" t="s">
         <v>47</v>
       </c>
       <c r="F139" t="s">
         <v>57</v>
       </c>
       <c r="G139" t="s">
         <v>49</v>
       </c>
       <c r="H139" t="s">
         <v>50</v>
       </c>
       <c r="I139" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J139" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K139" t="s" s="5">
         <v>52</v>
       </c>
@@ -21284,51 +21278,51 @@
       </c>
       <c r="AP139" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ139" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS139" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT139" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU139" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="140">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="C140" t="inlineStr" s="4">
         <is>
           <t>10401Про дострокове припинення договору оренди нежитлових приміщень, будинків та споруд від 29.12.2018 р.</t>
         </is>
       </c>
       <c r="D140" t="s">
         <v>60</v>
       </c>
       <c r="E140" t="s">
         <v>47</v>
       </c>
       <c r="F140" t="s">
         <v>57</v>
       </c>
       <c r="G140" t="s">
         <v>49</v>
       </c>
       <c r="H140" t="s">
         <v>50</v>
       </c>
       <c r="I140" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J140" t="s" s="5">
@@ -21429,77 +21423,77 @@
       </c>
       <c r="AP140" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ140" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR140" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS140" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT140" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU140" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="141">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="C141" t="inlineStr" s="4">
         <is>
           <t>10402Про включення до переліку другого типу об’єктів комунальної власності територіальної громади в особі Дрогобицької міської ради Львівської області та надання дозволу на укладення</t>
         </is>
       </c>
       <c r="D141" t="s">
         <v>60</v>
       </c>
       <c r="E141" t="s">
         <v>47</v>
       </c>
       <c r="F141" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="G141" t="s">
         <v>49</v>
       </c>
       <c r="H141" t="s">
         <v>50</v>
       </c>
       <c r="I141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J141" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="K141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="P141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R141" t="s" s="5">
         <v>52</v>
       </c>
@@ -21545,80 +21539,80 @@
       <c r="AF141" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN141" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AO141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU141" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="142">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="C142" t="inlineStr" s="4">
         <is>
           <t>10403Про дострокове припинення договорів оренди нежитлових приміщень, будинків та споруд</t>
         </is>
       </c>
       <c r="D142" t="s">
         <v>60</v>
       </c>
       <c r="E142" t="s">
         <v>47</v>
       </c>
       <c r="F142" t="s">
         <v>61</v>
       </c>
       <c r="G142" t="s">
         <v>49</v>
       </c>
       <c r="H142" t="s">
         <v>50</v>
       </c>
       <c r="I142" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J142" t="s" s="5">
@@ -21719,51 +21713,51 @@
       </c>
       <c r="AP142" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ142" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR142" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS142" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT142" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU142" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="143">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C143" t="inlineStr" s="4">
         <is>
           <t>10404Про надання дозволу на передачуматеріальних цінностей – гуманітарної допомоги від Universitas- und Hansestadt Greifswald</t>
         </is>
       </c>
       <c r="D143" t="s">
         <v>60</v>
       </c>
       <c r="E143" t="s">
         <v>47</v>
       </c>
       <c r="F143" t="s">
         <v>63</v>
       </c>
       <c r="G143" t="s">
         <v>49</v>
       </c>
       <c r="H143" t="s">
         <v>50</v>
       </c>
       <c r="I143" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J143" t="s" s="5">
@@ -21864,65 +21858,65 @@
       </c>
       <c r="AP143" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ143" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR143" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS143" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT143" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU143" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="144">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="C144" t="inlineStr" s="4">
         <is>
           <t>10405Про внесення змін та доповнень до порядку денного LХІХ сесії Дрогобицької міської ради</t>
         </is>
       </c>
       <c r="D144" t="s">
         <v>46</v>
       </c>
       <c r="E144" t="s">
         <v>47</v>
       </c>
       <c r="F144" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G144" t="s">
         <v>49</v>
       </c>
       <c r="H144" t="s">
         <v>50</v>
       </c>
       <c r="I144" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J144" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K144" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L144" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M144" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N144" t="s" s="5">
         <v>52</v>
       </c>
@@ -22009,65 +22003,65 @@
       </c>
       <c r="AP144" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ144" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR144" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS144" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT144" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU144" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="145">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="C145" t="inlineStr" s="4">
         <is>
           <t>10413Про внесення змін та доповнень до порядку денного LХІХ сесії Дрогобицької міської ради</t>
         </is>
       </c>
       <c r="D145" t="s">
         <v>56</v>
       </c>
       <c r="E145" t="s">
         <v>47</v>
       </c>
       <c r="F145" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="G145" t="s">
         <v>49</v>
       </c>
       <c r="H145" t="s">
         <v>50</v>
       </c>
       <c r="I145" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J145" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K145" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L145" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M145" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N145" t="s" s="5">
         <v>52</v>
       </c>
@@ -22154,51 +22148,51 @@
       </c>
       <c r="AP145" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ145" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR145" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS145" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT145" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU145" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="146">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="C146" t="inlineStr" s="4">
         <is>
           <t>10414Про затвердження Меморандумів про співробітницво в рамках національного проєкту “Пліч-о-пліч: згуртовані громади”</t>
         </is>
       </c>
       <c r="D146" t="s">
         <v>60</v>
       </c>
       <c r="E146" t="s">
         <v>47</v>
       </c>
       <c r="F146" t="s">
         <v>61</v>
       </c>
       <c r="G146" t="s">
         <v>49</v>
       </c>
       <c r="H146" t="s">
         <v>50</v>
       </c>
       <c r="I146" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J146" t="s" s="5">
@@ -22299,51 +22293,51 @@
       </c>
       <c r="AP146" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ146" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR146" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS146" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT146" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU146" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="147">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="C147" t="inlineStr" s="4">
         <is>
           <t>10415Звіт про виконання бюджету Дрогобицької міської територіальної громади  за перше півріччя 2025 року</t>
         </is>
       </c>
       <c r="D147" t="s">
         <v>60</v>
       </c>
       <c r="E147" t="s">
         <v>47</v>
       </c>
       <c r="F147" t="s">
         <v>84</v>
       </c>
       <c r="G147" t="s">
         <v>49</v>
       </c>
       <c r="H147" t="s">
         <v>50</v>
       </c>
       <c r="I147" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J147" t="s" s="5">
@@ -22444,54 +22438,54 @@
       </c>
       <c r="AP147" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ147" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR147" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS147" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT147" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU147" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="148">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
+        <v>260</v>
+      </c>
+      <c r="C148" t="s" s="4">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="D148" t="s">
         <v>60</v>
       </c>
       <c r="E148" t="s">
         <v>47</v>
       </c>
       <c r="F148" t="s">
         <v>84</v>
       </c>
       <c r="G148" t="s">
         <v>49</v>
       </c>
       <c r="H148" t="s">
         <v>50</v>
       </c>
       <c r="I148" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J148" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K148" t="s" s="5">
         <v>52</v>
       </c>
@@ -22587,51 +22581,51 @@
       </c>
       <c r="AP148" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ148" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR148" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS148" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT148" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU148" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="149">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="C149" t="inlineStr" s="4">
         <is>
           <t>10417Про затвердження Програми з організації оборонної роботи на території Дрогобицької міської територіальної громади на вересень – грудень 2025 року  </t>
         </is>
       </c>
       <c r="D149" t="s">
         <v>60</v>
       </c>
       <c r="E149" t="s">
         <v>47</v>
       </c>
       <c r="F149" t="s">
         <v>84</v>
       </c>
       <c r="G149" t="s">
         <v>49</v>
       </c>
       <c r="H149" t="s">
         <v>50</v>
       </c>
       <c r="I149" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J149" t="s" s="5">
@@ -22732,54 +22726,54 @@
       </c>
       <c r="AP149" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ149" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR149" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS149" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT149" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU149" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="150">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
+        <v>263</v>
+      </c>
+      <c r="C150" t="s" s="4">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="D150" t="s">
         <v>60</v>
       </c>
       <c r="E150" t="s">
         <v>47</v>
       </c>
       <c r="F150" t="s">
         <v>48</v>
       </c>
       <c r="G150" t="s">
         <v>49</v>
       </c>
       <c r="H150" t="s">
         <v>50</v>
       </c>
       <c r="I150" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J150" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K150" t="s" s="5">
         <v>52</v>
       </c>
@@ -22875,65 +22869,65 @@
       </c>
       <c r="AP150" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ150" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR150" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS150" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT150" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU150" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="151">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="C151" t="inlineStr" s="4">
         <is>
           <t>10419Про внесення змін до рішення сесіїї від 09.01.2025 № 2872 “Про затвердження Програми з міжнародного і транскордонного співробітництва та європейської інтеграції  Дрогобицької територіальної</t>
         </is>
       </c>
       <c r="D151" t="s">
         <v>60</v>
       </c>
       <c r="E151" t="s">
         <v>47</v>
       </c>
       <c r="F151" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G151" t="s">
         <v>49</v>
       </c>
       <c r="H151" t="s">
         <v>50</v>
       </c>
       <c r="I151" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J151" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K151" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L151" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M151" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N151" t="s" s="5">
         <v>52</v>
       </c>
@@ -23020,65 +23014,65 @@
       </c>
       <c r="AP151" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ151" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR151" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS151" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT151" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU151" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="152">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="C152" t="inlineStr" s="4">
         <is>
           <t>10420Про реорганізацію шляхом приєднання комунального некомерційного підприємства «Дрогобицька міська лікарня №3» Дрогобицької міської ради до комунального некомерційного підприємства</t>
         </is>
       </c>
       <c r="D152" t="s">
         <v>60</v>
       </c>
       <c r="E152" t="s">
         <v>47</v>
       </c>
       <c r="F152" t="s">
-        <v>109</v>
+        <v>84</v>
       </c>
       <c r="G152" t="s">
         <v>49</v>
       </c>
       <c r="H152" t="s">
         <v>50</v>
       </c>
       <c r="I152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N152" t="s" s="5">
         <v>53</v>
       </c>
@@ -23124,106 +23118,106 @@
       <c r="AB152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD152" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ152" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AK152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO152" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT152" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU152" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="153">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="C153" t="inlineStr" s="4">
         <is>
           <t>10421Про встановлення стенду «Меморіал героїв» на території  ліцею № 2 Дрогобицької міської ради Львівської області</t>
         </is>
       </c>
       <c r="D153" t="s">
         <v>60</v>
       </c>
       <c r="E153" t="s">
         <v>47</v>
       </c>
       <c r="F153" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="G153" t="s">
         <v>49</v>
       </c>
       <c r="H153" t="s">
         <v>50</v>
       </c>
       <c r="I153" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J153" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K153" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L153" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M153" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N153" t="s" s="5">
         <v>52</v>
       </c>
@@ -23310,65 +23304,65 @@
       </c>
       <c r="AP153" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ153" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR153" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS153" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT153" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU153" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="154">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="C154" t="inlineStr" s="4">
         <is>
           <t>10422Про створення Центру ветеранського розвитку та затвердження нової редакції Статуту комунального закладу «Дрогобицький культурно-освітній центр імені Івана Франка» Дрогобицької міської</t>
         </is>
       </c>
       <c r="D154" t="s">
         <v>60</v>
       </c>
       <c r="E154" t="s">
         <v>47</v>
       </c>
       <c r="F154" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G154" t="s">
         <v>49</v>
       </c>
       <c r="H154" t="s">
         <v>50</v>
       </c>
       <c r="I154" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J154" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K154" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L154" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M154" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N154" t="s" s="5">
         <v>52</v>
       </c>
@@ -23455,51 +23449,51 @@
       </c>
       <c r="AP154" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ154" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR154" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS154" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT154" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU154" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="155">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="C155" t="inlineStr" s="4">
         <is>
           <t>10423Про внесення змін до рішення сесії Дрогобицької міської ради від 12.06.2025 року № 3246 «Про затвердження Положення про призначення виплати грошової винагороди провідним спортсменам</t>
         </is>
       </c>
       <c r="D155" t="s">
         <v>60</v>
       </c>
       <c r="E155" t="s">
         <v>47</v>
       </c>
       <c r="F155" t="s">
         <v>48</v>
       </c>
       <c r="G155" t="s">
         <v>49</v>
       </c>
       <c r="H155" t="s">
         <v>50</v>
       </c>
       <c r="I155" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J155" t="s" s="5">
@@ -23600,51 +23594,51 @@
       </c>
       <c r="AP155" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ155" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR155" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS155" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT155" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU155" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="156">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="C156" t="inlineStr" s="4">
         <is>
           <t>10424Про затвердження списку та розміру одноразової грошової винагороди провідним спортсменам  Дрогобицької міської територіальної громади та їх тренерам за високі спортивні досягнення та</t>
         </is>
       </c>
       <c r="D156" t="s">
         <v>60</v>
       </c>
       <c r="E156" t="s">
         <v>47</v>
       </c>
       <c r="F156" t="s">
         <v>48</v>
       </c>
       <c r="G156" t="s">
         <v>49</v>
       </c>
       <c r="H156" t="s">
         <v>50</v>
       </c>
       <c r="I156" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J156" t="s" s="5">
@@ -23745,65 +23739,65 @@
       </c>
       <c r="AP156" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ156" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR156" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS156" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT156" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU156" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="157">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="C157" t="inlineStr" s="4">
         <is>
           <t>10425Про внесення змін до складу ліквідаційної комісії Міського центру фізичного здоров’я населення «Спорт для всіх», затвердженого рішенням ДМР від 09.09.2021 №581</t>
         </is>
       </c>
       <c r="D157" t="s">
         <v>60</v>
       </c>
       <c r="E157" t="s">
         <v>47</v>
       </c>
       <c r="F157" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="G157" t="s">
         <v>49</v>
       </c>
       <c r="H157" t="s">
         <v>50</v>
       </c>
       <c r="I157" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J157" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K157" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L157" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M157" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N157" t="s" s="5">
         <v>52</v>
       </c>
@@ -23890,51 +23884,51 @@
       </c>
       <c r="AP157" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ157" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR157" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS157" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT157" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU157" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="158">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="C158" t="inlineStr" s="4">
         <is>
           <t>10426Про внесення змін в рішення Дрогобицької міської ради від 25 травня 2023 року № 1637 «Про затвердження структури Дрогобицької міської ради, загальної чисельності».</t>
         </is>
       </c>
       <c r="D158" t="s">
         <v>60</v>
       </c>
       <c r="E158" t="s">
         <v>47</v>
       </c>
       <c r="F158" t="s">
         <v>84</v>
       </c>
       <c r="G158" t="s">
         <v>49</v>
       </c>
       <c r="H158" t="s">
         <v>50</v>
       </c>
       <c r="I158" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J158" t="s" s="5">
@@ -24035,65 +24029,65 @@
       </c>
       <c r="AP158" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ158" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR158" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS158" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT158" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU158" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="159">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="C159" t="inlineStr" s="4">
         <is>
           <t>10427Про затвердження проекту землеустрою щодо відведення земельної ділянки та передачу в оренду</t>
         </is>
       </c>
       <c r="D159" t="s">
         <v>60</v>
       </c>
       <c r="E159" t="s">
         <v>47</v>
       </c>
       <c r="F159" t="s">
-        <v>73</v>
+        <v>119</v>
       </c>
       <c r="G159" t="s">
         <v>49</v>
       </c>
       <c r="H159" t="s">
         <v>50</v>
       </c>
       <c r="I159" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J159" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K159" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L159" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M159" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N159" t="s" s="5">
         <v>53</v>
       </c>
@@ -24180,65 +24174,65 @@
       </c>
       <c r="AP159" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ159" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR159" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS159" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT159" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU159" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="160">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="C160" t="inlineStr" s="4">
         <is>
           <t>10428Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки під об’єктом нерухомого майна  </t>
         </is>
       </c>
       <c r="D160" t="s">
         <v>60</v>
       </c>
       <c r="E160" t="s">
         <v>47</v>
       </c>
       <c r="F160" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G160" t="s">
         <v>49</v>
       </c>
       <c r="H160" t="s">
         <v>50</v>
       </c>
       <c r="I160" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J160" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K160" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L160" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M160" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N160" t="s" s="5">
         <v>52</v>
       </c>
@@ -24325,51 +24319,51 @@
       </c>
       <c r="AP160" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ160" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR160" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS160" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT160" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU160" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="161">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="C161" t="inlineStr" s="4">
         <is>
           <t>10429Про надання дозволу на укладення договору особистого строкового сервітуту на вул. Гончарській у м. Дрогобичі</t>
         </is>
       </c>
       <c r="D161" t="s">
         <v>60</v>
       </c>
       <c r="E161" t="s">
         <v>47</v>
       </c>
       <c r="F161" t="s">
         <v>48</v>
       </c>
       <c r="G161" t="s">
         <v>49</v>
       </c>
       <c r="H161" t="s">
         <v>50</v>
       </c>
       <c r="I161" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J161" t="s" s="5">
@@ -24470,63 +24464,63 @@
       </c>
       <c r="AP161" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ161" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR161" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS161" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT161" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU161" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="162">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162" t="s">
+        <v>276</v>
+      </c>
+      <c r="C162" t="s" s="4">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="D162" t="s">
         <v>60</v>
       </c>
       <c r="E162" t="s">
         <v>47</v>
       </c>
       <c r="F162" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="G162" t="s">
         <v>49</v>
       </c>
       <c r="H162" t="s">
         <v>50</v>
       </c>
       <c r="I162" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J162" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K162" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L162" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M162" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N162" t="s" s="5">
         <v>52</v>
       </c>
@@ -24613,65 +24607,65 @@
       </c>
       <c r="AP162" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ162" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR162" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS162" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT162" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU162" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="163">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="C163" t="inlineStr" s="4">
         <is>
           <t>10431­­Про припинення права постійного користування земельною ділянкою та передачу в постійне користування земельної ділянки</t>
         </is>
       </c>
       <c r="D163" t="s">
         <v>60</v>
       </c>
       <c r="E163" t="s">
         <v>47</v>
       </c>
       <c r="F163" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="G163" t="s">
         <v>49</v>
       </c>
       <c r="H163" t="s">
         <v>50</v>
       </c>
       <c r="I163" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J163" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K163" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L163" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M163" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N163" t="s" s="5">
         <v>52</v>
       </c>
@@ -24758,54 +24752,54 @@
       </c>
       <c r="AP163" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ163" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR163" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS163" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT163" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU163" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="164">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164" t="s">
+        <v>279</v>
+      </c>
+      <c r="C164" t="s" s="4">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="D164" t="s">
         <v>60</v>
       </c>
       <c r="E164" t="s">
         <v>47</v>
       </c>
       <c r="F164" t="s">
         <v>84</v>
       </c>
       <c r="G164" t="s">
         <v>49</v>
       </c>
       <c r="H164" t="s">
         <v>50</v>
       </c>
       <c r="I164" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J164" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K164" t="s" s="5">
         <v>52</v>
       </c>
@@ -24901,65 +24895,65 @@
       </c>
       <c r="AP164" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ164" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR164" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS164" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT164" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU164" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="165">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="C165" t="inlineStr" s="4">
         <is>
           <t>10433Про затвердження технічної документації із землеустрою щодо поділу та об’єднання земельних ділянок та передачу в оренду земельної ділянки.</t>
         </is>
       </c>
       <c r="D165" t="s">
         <v>60</v>
       </c>
       <c r="E165" t="s">
         <v>47</v>
       </c>
       <c r="F165" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="G165" t="s">
         <v>49</v>
       </c>
       <c r="H165" t="s">
         <v>50</v>
       </c>
       <c r="I165" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J165" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K165" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L165" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M165" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N165" t="s" s="5">
         <v>52</v>
       </c>
@@ -25046,63 +25040,63 @@
       </c>
       <c r="AP165" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ165" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR165" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS165" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT165" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU165" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="166">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
+        <v>282</v>
+      </c>
+      <c r="C166" t="s" s="4">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="D166" t="s">
         <v>46</v>
       </c>
       <c r="E166" t="s">
         <v>47</v>
       </c>
       <c r="F166" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="G166" t="s">
         <v>49</v>
       </c>
       <c r="H166" t="s">
         <v>50</v>
       </c>
       <c r="I166" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J166" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K166" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L166" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M166" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N166" t="s" s="5">
         <v>52</v>
       </c>
@@ -25189,63 +25183,63 @@
       </c>
       <c r="AP166" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ166" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR166" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS166" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT166" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU166" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="167">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167" t="s">
+        <v>284</v>
+      </c>
+      <c r="C167" t="s" s="4">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="D167" t="s">
         <v>56</v>
       </c>
       <c r="E167" t="s">
         <v>47</v>
       </c>
       <c r="F167" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="G167" t="s">
         <v>49</v>
       </c>
       <c r="H167" t="s">
         <v>50</v>
       </c>
       <c r="I167" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J167" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K167" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L167" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M167" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N167" t="s" s="5">
         <v>52</v>
       </c>
@@ -25332,71 +25326,71 @@
       </c>
       <c r="AP167" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ167" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR167" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS167" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT167" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU167" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="168">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C168" t="inlineStr" s="4">
         <is>
           <t>10437Про прийняття на баланс КП «Служба муніципального управління» водного об’єкта та гідротехнічної споруди за адресою: м. Дрогобич, вул. Франка Івана</t>
         </is>
       </c>
       <c r="D168" t="s">
         <v>60</v>
       </c>
       <c r="E168" t="s">
         <v>47</v>
       </c>
       <c r="F168" t="s">
-        <v>73</v>
+        <v>119</v>
       </c>
       <c r="G168" t="s">
         <v>49</v>
       </c>
       <c r="H168" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="I168" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J168" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K168" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L168" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M168" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N168" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O168" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P168" t="s" s="5">
         <v>51</v>
       </c>
@@ -25424,51 +25418,51 @@
       <c r="X168" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y168" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z168" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA168" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB168" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC168" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD168" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE168" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF168" t="s" s="5">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="AG168" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH168" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI168" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AJ168" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK168" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL168" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM168" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN168" t="s" s="5">
         <v>51</v>
       </c>
@@ -25477,51 +25471,51 @@
       </c>
       <c r="AP168" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ168" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR168" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS168" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT168" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU168" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="169">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="C169" t="inlineStr" s="4">
         <is>
           <t>10438Про включення до переліку другого типу об’єктів комунальної  власності територіальної громади в особі Дрогобицької міської ради Львівської області та надання дозволу та укладення</t>
         </is>
       </c>
       <c r="D169" t="s">
         <v>60</v>
       </c>
       <c r="E169" t="s">
         <v>47</v>
       </c>
       <c r="F169" t="s">
         <v>84</v>
       </c>
       <c r="G169" t="s">
         <v>49</v>
       </c>
       <c r="H169" t="s">
         <v>50</v>
       </c>
       <c r="I169" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J169" t="s" s="5">
@@ -25627,165 +25621,165 @@
         <v>52</v>
       </c>
       <c r="AR169" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS169" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT169" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU169" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="170">
       <c r="A170"/>
       <c r="B170"/>
       <c r="C170"/>
       <c r="D170"/>
       <c r="E170"/>
       <c r="F170"/>
       <c r="G170"/>
       <c r="H170"/>
       <c r="I170" t="s">
+        <v>288</v>
+      </c>
+      <c r="J170" t="s">
         <v>289</v>
       </c>
-      <c r="J170" t="s">
+      <c r="K170" t="s">
         <v>290</v>
       </c>
-      <c r="K170" t="s">
+      <c r="L170" t="s">
         <v>291</v>
       </c>
-      <c r="L170" t="s">
+      <c r="M170" t="s">
+        <v>290</v>
+      </c>
+      <c r="N170" t="s">
         <v>292</v>
       </c>
-      <c r="M170" t="s">
+      <c r="O170" t="s">
         <v>293</v>
       </c>
-      <c r="N170" t="s">
+      <c r="P170" t="s">
+        <v>181</v>
+      </c>
+      <c r="Q170" t="s">
         <v>294</v>
       </c>
-      <c r="O170" t="s">
+      <c r="R170" t="s">
+        <v>290</v>
+      </c>
+      <c r="S170" t="s">
         <v>295</v>
       </c>
-      <c r="P170" t="s">
-[...2 lines deleted...]
-      <c r="Q170" t="s">
+      <c r="T170" t="s">
         <v>296</v>
       </c>
-      <c r="R170" t="s">
-[...2 lines deleted...]
-      <c r="S170" t="s">
+      <c r="U170" t="s">
         <v>297</v>
       </c>
-      <c r="T170" t="s">
-[...2 lines deleted...]
-      <c r="U170" t="s">
+      <c r="V170" t="s">
+        <v>181</v>
+      </c>
+      <c r="W170" t="s">
         <v>298</v>
       </c>
-      <c r="V170" t="s">
-[...2 lines deleted...]
-      <c r="W170" t="s">
+      <c r="X170" t="s">
         <v>299</v>
       </c>
-      <c r="X170" t="s">
+      <c r="Y170" t="s">
+        <v>288</v>
+      </c>
+      <c r="Z170" t="s">
         <v>300</v>
       </c>
-      <c r="Y170" t="s">
-[...2 lines deleted...]
-      <c r="Z170" t="s">
+      <c r="AA170" t="s">
         <v>301</v>
       </c>
-      <c r="AA170" t="s">
+      <c r="AB170" t="s">
         <v>302</v>
       </c>
-      <c r="AB170" t="s">
+      <c r="AC170" t="s">
         <v>303</v>
       </c>
-      <c r="AC170" t="s">
+      <c r="AD170" t="s">
         <v>304</v>
       </c>
-      <c r="AD170" t="s">
+      <c r="AE170" t="s">
         <v>305</v>
       </c>
-      <c r="AE170" t="s">
+      <c r="AF170" t="s">
         <v>306</v>
       </c>
-      <c r="AF170" t="s">
+      <c r="AG170" t="s">
         <v>307</v>
       </c>
-      <c r="AG170" t="s">
+      <c r="AH170" t="s">
+        <v>304</v>
+      </c>
+      <c r="AI170" t="s">
+        <v>304</v>
+      </c>
+      <c r="AJ170" t="s">
         <v>308</v>
       </c>
-      <c r="AH170" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AK170" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="AL170" t="s">
         <v>309</v>
       </c>
       <c r="AM170" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="AN170" t="s">
         <v>310</v>
       </c>
       <c r="AO170" t="s">
         <v>311</v>
       </c>
       <c r="AP170" t="s">
         <v>312</v>
       </c>
       <c r="AQ170" t="s">
+        <v>302</v>
+      </c>
+      <c r="AR170" t="s">
         <v>313</v>
       </c>
-      <c r="AR170" t="s">
+      <c r="AS170" t="s">
         <v>314</v>
       </c>
-      <c r="AS170" t="s">
+      <c r="AT170" t="s">
         <v>315</v>
       </c>
-      <c r="AT170" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AU170" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
     </row>
     <row r="171">
       <c r="A171"/>
       <c r="B171"/>
       <c r="C171"/>
       <c r="D171"/>
       <c r="E171"/>
       <c r="F171"/>
       <c r="G171"/>
       <c r="H171"/>
       <c r="I171" t="s">
         <v>49</v>
       </c>
       <c r="J171" t="s">
         <v>49</v>
       </c>
       <c r="K171" t="s">
         <v>49</v>
       </c>
       <c r="L171" t="s">
         <v>49</v>
       </c>
       <c r="M171" t="s">
         <v>49</v>
@@ -25814,51 +25808,51 @@
       <c r="U171" t="s">
         <v>49</v>
       </c>
       <c r="V171" t="s">
         <v>49</v>
       </c>
       <c r="W171" t="s">
         <v>49</v>
       </c>
       <c r="X171" t="s">
         <v>49</v>
       </c>
       <c r="Y171" t="s">
         <v>49</v>
       </c>
       <c r="Z171" t="s">
         <v>49</v>
       </c>
       <c r="AA171" t="s">
         <v>49</v>
       </c>
       <c r="AB171" t="s">
         <v>49</v>
       </c>
       <c r="AC171" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="AD171" t="s">
         <v>49</v>
       </c>
       <c r="AE171" t="s">
         <v>202</v>
       </c>
       <c r="AF171" t="s">
         <v>202</v>
       </c>
       <c r="AG171" t="s">
         <v>49</v>
       </c>
       <c r="AH171" t="s">
         <v>49</v>
       </c>
       <c r="AI171" t="s">
         <v>202</v>
       </c>
       <c r="AJ171" t="s">
         <v>49</v>
       </c>
       <c r="AK171" t="s">
         <v>49</v>
       </c>
@@ -25881,419 +25875,419 @@
         <v>49</v>
       </c>
       <c r="AR171" t="s">
         <v>49</v>
       </c>
       <c r="AS171" t="s">
         <v>49</v>
       </c>
       <c r="AT171" t="s">
         <v>49</v>
       </c>
       <c r="AU171" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="172">
       <c r="A172"/>
       <c r="B172"/>
       <c r="C172"/>
       <c r="D172"/>
       <c r="E172"/>
       <c r="F172"/>
       <c r="G172"/>
       <c r="H172"/>
       <c r="I172" t="s">
+        <v>316</v>
+      </c>
+      <c r="J172" t="s">
         <v>317</v>
       </c>
-      <c r="J172" t="s">
+      <c r="K172" t="s">
+        <v>317</v>
+      </c>
+      <c r="L172" t="s">
+        <v>317</v>
+      </c>
+      <c r="M172" t="s">
+        <v>317</v>
+      </c>
+      <c r="N172" t="s">
+        <v>317</v>
+      </c>
+      <c r="O172" t="s">
+        <v>317</v>
+      </c>
+      <c r="P172" t="s">
+        <v>317</v>
+      </c>
+      <c r="Q172" t="s">
+        <v>317</v>
+      </c>
+      <c r="R172" t="s">
+        <v>317</v>
+      </c>
+      <c r="S172" t="s">
+        <v>317</v>
+      </c>
+      <c r="T172" t="s">
+        <v>316</v>
+      </c>
+      <c r="U172" t="s">
+        <v>317</v>
+      </c>
+      <c r="V172" t="s">
+        <v>317</v>
+      </c>
+      <c r="W172" t="s">
+        <v>316</v>
+      </c>
+      <c r="X172" t="s">
+        <v>317</v>
+      </c>
+      <c r="Y172" t="s">
+        <v>317</v>
+      </c>
+      <c r="Z172" t="s">
+        <v>317</v>
+      </c>
+      <c r="AA172" t="s">
+        <v>316</v>
+      </c>
+      <c r="AB172" t="s">
+        <v>317</v>
+      </c>
+      <c r="AC172" t="s">
+        <v>316</v>
+      </c>
+      <c r="AD172" t="s">
+        <v>317</v>
+      </c>
+      <c r="AE172" t="s">
+        <v>317</v>
+      </c>
+      <c r="AF172" t="s">
         <v>318</v>
       </c>
-      <c r="K172" t="s">
-[...26 lines deleted...]
-      <c r="T172" t="s">
+      <c r="AG172" t="s">
         <v>317</v>
       </c>
-      <c r="U172" t="s">
-[...5 lines deleted...]
-      <c r="W172" t="s">
+      <c r="AH172" t="s">
         <v>317</v>
       </c>
-      <c r="X172" t="s">
-[...8 lines deleted...]
-      <c r="AA172" t="s">
+      <c r="AI172" t="s">
+        <v>316</v>
+      </c>
+      <c r="AJ172" t="s">
         <v>317</v>
       </c>
-      <c r="AB172" t="s">
-[...2 lines deleted...]
-      <c r="AC172" t="s">
+      <c r="AK172" t="s">
         <v>317</v>
       </c>
-      <c r="AD172" t="s">
-[...14 lines deleted...]
-      <c r="AI172" t="s">
+      <c r="AL172" t="s">
         <v>317</v>
       </c>
-      <c r="AJ172" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AM172" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="AN172" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="AO172" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="AP172" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="AQ172" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="AR172" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="AS172" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="AT172" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="AU172" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
     </row>
     <row r="173">
       <c r="A173"/>
       <c r="B173"/>
       <c r="C173"/>
       <c r="D173"/>
       <c r="E173"/>
       <c r="F173"/>
       <c r="G173"/>
       <c r="H173"/>
       <c r="I173" t="s">
+        <v>319</v>
+      </c>
+      <c r="J173" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="K173" t="s">
         <v>321</v>
       </c>
       <c r="L173" t="s">
         <v>322</v>
       </c>
       <c r="M173" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="N173" t="s">
         <v>323</v>
       </c>
       <c r="O173" t="s">
         <v>324</v>
       </c>
       <c r="P173" t="s">
         <v>325</v>
       </c>
       <c r="Q173" t="s">
         <v>326</v>
       </c>
       <c r="R173" t="s">
         <v>321</v>
       </c>
       <c r="S173" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="T173" t="s">
-        <v>328</v>
+        <v>319</v>
       </c>
       <c r="U173" t="s">
         <v>321</v>
       </c>
       <c r="V173" t="s">
         <v>325</v>
       </c>
       <c r="W173" t="s">
         <v>325</v>
       </c>
       <c r="X173" t="s">
+        <v>327</v>
+      </c>
+      <c r="Y173" t="s">
+        <v>328</v>
+      </c>
+      <c r="Z173" t="s">
         <v>329</v>
       </c>
-      <c r="Y173" t="s">
+      <c r="AA173" t="s">
         <v>330</v>
       </c>
-      <c r="Z173" t="s">
+      <c r="AB173" t="s">
         <v>331</v>
       </c>
-      <c r="AA173" t="s">
+      <c r="AC173" t="s">
         <v>332</v>
       </c>
-      <c r="AB173" t="s">
-[...2 lines deleted...]
-      <c r="AC173" t="s">
+      <c r="AD173" t="s">
         <v>333</v>
       </c>
-      <c r="AD173" t="s">
+      <c r="AE173" t="s">
         <v>334</v>
       </c>
-      <c r="AE173" t="s">
+      <c r="AF173" t="s">
         <v>335</v>
       </c>
-      <c r="AF173" t="s">
+      <c r="AG173" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
       <c r="AH173" t="s">
         <v>337</v>
       </c>
       <c r="AI173" t="s">
         <v>338</v>
       </c>
       <c r="AJ173" t="s">
-        <v>322</v>
+        <v>337</v>
       </c>
       <c r="AK173" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="AL173" t="s">
-        <v>328</v>
+        <v>319</v>
       </c>
       <c r="AM173" t="s">
         <v>339</v>
       </c>
       <c r="AN173" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="AO173" t="s">
         <v>330</v>
       </c>
       <c r="AP173" t="s">
         <v>330</v>
       </c>
       <c r="AQ173" t="s">
-        <v>341</v>
+        <v>331</v>
       </c>
       <c r="AR173" t="s">
         <v>325</v>
       </c>
       <c r="AS173" t="s">
         <v>330</v>
       </c>
       <c r="AT173" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="AU173" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="174">
       <c r="A174"/>
       <c r="B174"/>
       <c r="C174"/>
       <c r="D174"/>
       <c r="E174"/>
       <c r="F174"/>
       <c r="G174"/>
       <c r="H174"/>
       <c r="I174" t="s">
+        <v>341</v>
+      </c>
+      <c r="J174" t="s">
+        <v>342</v>
+      </c>
+      <c r="K174" t="s">
         <v>343</v>
       </c>
-      <c r="J174" t="s">
+      <c r="L174" t="s">
+        <v>343</v>
+      </c>
+      <c r="M174" t="s">
+        <v>343</v>
+      </c>
+      <c r="N174" t="s">
+        <v>343</v>
+      </c>
+      <c r="O174" t="s">
         <v>344</v>
       </c>
-      <c r="K174" t="s">
+      <c r="P174" t="s">
         <v>345</v>
       </c>
-      <c r="L174" t="s">
+      <c r="Q174" t="s">
+        <v>346</v>
+      </c>
+      <c r="R174" t="s">
+        <v>343</v>
+      </c>
+      <c r="S174" t="s">
+        <v>347</v>
+      </c>
+      <c r="T174" t="s">
+        <v>343</v>
+      </c>
+      <c r="U174" t="s">
+        <v>341</v>
+      </c>
+      <c r="V174" t="s">
         <v>345</v>
       </c>
-      <c r="M174" t="s">
-[...8 lines deleted...]
-      <c r="P174" t="s">
+      <c r="W174" t="s">
+        <v>343</v>
+      </c>
+      <c r="X174" t="s">
+        <v>343</v>
+      </c>
+      <c r="Y174" t="s">
+        <v>348</v>
+      </c>
+      <c r="Z174" t="s">
+        <v>343</v>
+      </c>
+      <c r="AA174" t="s">
+        <v>349</v>
+      </c>
+      <c r="AB174" t="s">
+        <v>343</v>
+      </c>
+      <c r="AC174" t="s">
+        <v>350</v>
+      </c>
+      <c r="AD174" t="s">
+        <v>351</v>
+      </c>
+      <c r="AE174" t="s">
+        <v>350</v>
+      </c>
+      <c r="AF174" t="s">
+        <v>352</v>
+      </c>
+      <c r="AG174" t="s">
         <v>347</v>
       </c>
-      <c r="Q174" t="s">
+      <c r="AH174" t="s">
         <v>348</v>
       </c>
-      <c r="R174" t="s">
-[...8 lines deleted...]
-      <c r="U174" t="s">
+      <c r="AI174" t="s">
+        <v>353</v>
+      </c>
+      <c r="AJ174" t="s">
         <v>343</v>
       </c>
-      <c r="V174" t="s">
-[...8 lines deleted...]
-      <c r="Y174" t="s">
+      <c r="AK174" t="s">
+        <v>343</v>
+      </c>
+      <c r="AL174" t="s">
+        <v>354</v>
+      </c>
+      <c r="AM174" t="s">
+        <v>343</v>
+      </c>
+      <c r="AN174" t="s">
+        <v>355</v>
+      </c>
+      <c r="AO174" t="s">
         <v>350</v>
       </c>
-      <c r="Z174" t="s">
-[...8 lines deleted...]
-      <c r="AC174" t="s">
+      <c r="AP174" t="s">
         <v>352</v>
       </c>
-      <c r="AD174" t="s">
-[...2 lines deleted...]
-      <c r="AE174" t="s">
+      <c r="AQ174" t="s">
+        <v>343</v>
+      </c>
+      <c r="AR174" t="s">
+        <v>348</v>
+      </c>
+      <c r="AS174" t="s">
+        <v>343</v>
+      </c>
+      <c r="AT174" t="s">
+        <v>343</v>
+      </c>
+      <c r="AU174" t="s">
         <v>352</v>
-      </c>
-[...46 lines deleted...]
-        <v>354</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>