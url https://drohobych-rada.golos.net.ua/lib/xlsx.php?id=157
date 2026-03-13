--- v0 (2025-12-15)
+++ v1 (2026-03-13)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="274" uniqueCount="274">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="273" uniqueCount="273">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>LXVII сесія VIII скликання</t>
   </si>
   <si>
     <t>Дрогобицька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Андрухів Андрій Васильович</t>
   </si>
   <si>
     <t>Беднарчик Наталія Миронівна</t>
   </si>
   <si>
     <t>Бейзик Роман Степанович</t>
   </si>
   <si>
@@ -242,284 +242,281 @@
   <si>
     <t>12.06.25  11:21:08</t>
   </si>
   <si>
     <t>12.06.25  11:21:47</t>
   </si>
   <si>
     <t>12.06.25  11:22:26</t>
   </si>
   <si>
     <t>12.06.25  11:23:05</t>
   </si>
   <si>
     <t>12.06.25  11:23:43</t>
   </si>
   <si>
     <t>12.06.25  11:24:22</t>
   </si>
   <si>
     <t>12.06.25  11:25:08</t>
   </si>
   <si>
     <t>12.06.25  11:25:47</t>
   </si>
   <si>
+    <t>За: 21</t>
+  </si>
+  <si>
+    <t>Утримались: 1</t>
+  </si>
+  <si>
+    <t>Утр.</t>
+  </si>
+  <si>
+    <t>12.06.25  11:26:51</t>
+  </si>
+  <si>
+    <t>10143Про затвердження  порядку денного LХVІІ сесії Дрогобицької міської ради</t>
+  </si>
+  <si>
+    <t>В цілому</t>
+  </si>
+  <si>
+    <t>За: 28</t>
+  </si>
+  <si>
+    <t>12.06.25  11:28:17</t>
+  </si>
+  <si>
+    <t>10145Про внесння змін до бюджету Дрогобицької міської територіальної громади на 2025 рік</t>
+  </si>
+  <si>
+    <t>За основу і в цілому</t>
+  </si>
+  <si>
+    <t>12.06.25  11:29:01</t>
+  </si>
+  <si>
+    <t>12.06.25  11:29:52</t>
+  </si>
+  <si>
+    <t>12.06.25  11:30:30</t>
+  </si>
+  <si>
+    <t>10148Про затвердження Програми «Покращення обороноздатності *** (додаткові № 2) на 2025 рік»</t>
+  </si>
+  <si>
+    <t>12.06.25  11:31:07</t>
+  </si>
+  <si>
+    <t>10149Про затвердження Програми «Покращення обороноздатності *** (додаткові № 3) на 2025 рік»</t>
+  </si>
+  <si>
+    <t>12.06.25  11:31:46</t>
+  </si>
+  <si>
+    <t>12.06.25  11:32:23</t>
+  </si>
+  <si>
+    <t>10151Про затвердження Програми «Покращення обороноздатності *** (додаткові № 5) на 2025 рік»</t>
+  </si>
+  <si>
+    <t>12.06.25  11:32:59</t>
+  </si>
+  <si>
+    <t>10152Про затвердження Програми «Покращення обороноздатності *** (додаткові № 6) на 2025 рік»</t>
+  </si>
+  <si>
+    <t>12.06.25  11:33:37</t>
+  </si>
+  <si>
+    <t>10153Про затвердження Програми «Покращення обороноздатності *** (додаткові № 7) на 2025 рік»</t>
+  </si>
+  <si>
+    <t>12.06.25  11:34:13</t>
+  </si>
+  <si>
+    <t>10154Про доповнення Плану діяльності з підготовки проектів регуляторних актів на 2025 рік</t>
+  </si>
+  <si>
+    <t>12.06.25  11:36:45</t>
+  </si>
+  <si>
+    <t>12.06.25  11:37:24</t>
+  </si>
+  <si>
+    <t>10156Про присвоєння назви площі                                    </t>
+  </si>
+  <si>
+    <t>За: 24</t>
+  </si>
+  <si>
+    <t>12.06.25  11:38:23</t>
+  </si>
+  <si>
+    <t>10157в п.1 зміни</t>
+  </si>
+  <si>
+    <t>12.06.25  11:38:59</t>
+  </si>
+  <si>
+    <t>10158Про присвоєння назви площі                                    </t>
+  </si>
+  <si>
+    <t>12.06.25  11:41:38</t>
+  </si>
+  <si>
+    <t>10159 Про надання звання “Почесний громадянин міста Дрогобича”  </t>
+  </si>
+  <si>
+    <t>За основу і в цілому (2/3  від складу ради)</t>
+  </si>
+  <si>
+    <t>12.06.25  11:42:18</t>
+  </si>
+  <si>
+    <t>12.06.25  11:42:57</t>
+  </si>
+  <si>
+    <t>12.06.25  11:43:35</t>
+  </si>
+  <si>
+    <t>12.06.25  11:45:14</t>
+  </si>
+  <si>
+    <t>12.06.25  11:45:55</t>
+  </si>
+  <si>
+    <t>10164 п .8 -  450 тис</t>
+  </si>
+  <si>
+    <t>12.06.25  11:46:32</t>
+  </si>
+  <si>
+    <t>За: 29</t>
+  </si>
+  <si>
+    <t>12.06.25  11:47:20</t>
+  </si>
+  <si>
+    <t>12.06.25  11:49:08</t>
+  </si>
+  <si>
+    <t>12.06.25  11:50:45</t>
+  </si>
+  <si>
+    <t>10168 Про затвердження Програми співфінансування військово-лікарської комісії на 2025р.</t>
+  </si>
+  <si>
+    <t>12.06.25  11:52:15</t>
+  </si>
+  <si>
+    <t>За: 23</t>
+  </si>
+  <si>
+    <t>12.06.25  11:54:05</t>
+  </si>
+  <si>
+    <t>За: 22</t>
+  </si>
+  <si>
+    <t>Проти: 1</t>
+  </si>
+  <si>
+    <t>Проти</t>
+  </si>
+  <si>
+    <t>12.06.25  11:55:11</t>
+  </si>
+  <si>
+    <t>10171Доповнення переліку послуг, що надаються через ЦНАП</t>
+  </si>
+  <si>
+    <t>12.06.25  11:56:22</t>
+  </si>
+  <si>
+    <t>12.06.25  11:57:19</t>
+  </si>
+  <si>
+    <t>10173Про затвердження положення про відділ кадрів виконкому Дрогобицької міської ради  </t>
+  </si>
+  <si>
+    <t>12.06.25  11:58:14</t>
+  </si>
+  <si>
+    <t>12.06.25  11:58:58</t>
+  </si>
+  <si>
+    <t>12.06.25  11:59:37</t>
+  </si>
+  <si>
+    <t>12.06.25  12:01:32</t>
+  </si>
+  <si>
+    <t>За: 20</t>
+  </si>
+  <si>
+    <t>12.06.25  12:02:10</t>
+  </si>
+  <si>
+    <t>10178Про надання дозволу на безкоштовну передачу матеріальних цінностей  </t>
+  </si>
+  <si>
+    <t>12.06.25  12:02:47</t>
+  </si>
+  <si>
+    <t>12.06.25  12:03:26</t>
+  </si>
+  <si>
+    <t>12.06.25  12:04:13</t>
+  </si>
+  <si>
+    <t>12.06.25  12:05:17</t>
+  </si>
+  <si>
+    <t>12.06.25  12:06:23</t>
+  </si>
+  <si>
+    <t>10183Про надання дозволу на списання основних засобів, малоцінного інвентаря</t>
+  </si>
+  <si>
+    <t>19.06.25  11:22:57</t>
+  </si>
+  <si>
+    <t>19.06.25  11:23:35</t>
+  </si>
+  <si>
+    <t>19.06.25  11:25:29</t>
+  </si>
+  <si>
+    <t>10186Включити до п/д -  про скасування рішення виконкому (полив)</t>
+  </si>
+  <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
-    <t>За: 19</t>
-[...229 lines deleted...]
-  <si>
     <t>За: 8</t>
   </si>
   <si>
     <t>Проти: 2</t>
   </si>
   <si>
     <t>19.06.25  11:27:30</t>
   </si>
   <si>
     <t>19.06.25  11:30:13</t>
   </si>
   <si>
     <t>10188Про внесення змін до бюджету Дрогобицької міської територіальної громади на 2025 рік</t>
   </si>
   <si>
     <t>19.06.25  11:37:29</t>
   </si>
   <si>
     <t>19.06.25  11:38:30</t>
   </si>
   <si>
     <t>10190Про внесення змін в Програму «Цифрова Дрогобицька громада» на 2025-2027 роки  </t>
   </si>
   <si>
     <t>19.06.25  11:40:40</t>
@@ -653,222 +650,222 @@
   <si>
     <t>19.06.25  12:34:11</t>
   </si>
   <si>
     <t>19.06.25  12:35:05</t>
   </si>
   <si>
     <t>19.06.25  12:36:17</t>
   </si>
   <si>
     <t>19.06.25  12:36:55</t>
   </si>
   <si>
     <t>19.06.25  12:37:37</t>
   </si>
   <si>
     <t>19.06.25  12:38:20</t>
   </si>
   <si>
     <t>19.06.25  12:39:15</t>
   </si>
   <si>
     <t>19.06.25  12:40:19</t>
   </si>
   <si>
-    <t>За: 18</t>
-[...1 lines deleted...]
-  <si>
     <t>19.06.25  13:09:01</t>
   </si>
   <si>
     <t>10233додати  п 4 </t>
   </si>
   <si>
     <t>19.06.25  13:09:48</t>
   </si>
   <si>
-    <t>За: 45</t>
-[...2 lines deleted...]
-    <t>За: 83</t>
+    <t>За: 46</t>
+  </si>
+  <si>
+    <t>За: 85</t>
   </si>
   <si>
     <t>За: 105</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>За: 101</t>
   </si>
   <si>
     <t>За: 78</t>
   </si>
   <si>
-    <t>За: 71</t>
+    <t>За: 72</t>
   </si>
   <si>
     <t>За: 84</t>
   </si>
   <si>
     <t>За: 107</t>
   </si>
   <si>
-    <t>За: 100</t>
+    <t>За: 99</t>
   </si>
   <si>
     <t>За: 82</t>
   </si>
   <si>
-    <t>За: 99</t>
+    <t>За: 106</t>
   </si>
   <si>
     <t>За: 87</t>
   </si>
   <si>
-    <t>За: 72</t>
-[...1 lines deleted...]
-  <si>
     <t>За: 73</t>
   </si>
   <si>
-    <t>За: 75</t>
+    <t>За: 74</t>
+  </si>
+  <si>
+    <t>За: 77</t>
   </si>
   <si>
     <t>За: 103</t>
   </si>
   <si>
-    <t>За: 58</t>
+    <t>За: 60</t>
   </si>
   <si>
     <t>За: 57</t>
   </si>
   <si>
-    <t>За: 42</t>
+    <t>За: 31</t>
+  </si>
+  <si>
+    <t>За: 43</t>
   </si>
   <si>
     <t>За: 102</t>
   </si>
   <si>
-    <t>За: 96</t>
+    <t>За: 104</t>
   </si>
   <si>
     <t>Проти: 3</t>
   </si>
   <si>
     <t>Утр.: 0</t>
   </si>
   <si>
     <t>Утр.: 1</t>
   </si>
   <si>
     <t>Утр.: 2</t>
   </si>
   <si>
-    <t>Не голос.: 6</t>
+    <t>Не голос.: 5</t>
+  </si>
+  <si>
+    <t>Не голос.: 23</t>
+  </si>
+  <si>
+    <t>Не голос.: 3</t>
+  </si>
+  <si>
+    <t>Не голос.: 0</t>
+  </si>
+  <si>
+    <t>Не голос.: 7</t>
+  </si>
+  <si>
+    <t>Не голос.: 30</t>
+  </si>
+  <si>
+    <t>Не голос.: 25</t>
   </si>
   <si>
     <t>Не голос.: 24</t>
   </si>
   <si>
-    <t>Не голос.: 3</t>
-[...13 lines deleted...]
-  <si>
     <t>Не голос.: 49</t>
   </si>
   <si>
+    <t>Не голос.: 9</t>
+  </si>
+  <si>
+    <t>Не голос.: 26</t>
+  </si>
+  <si>
+    <t>Не голос.: 2</t>
+  </si>
+  <si>
+    <t>Не голос.: 19</t>
+  </si>
+  <si>
+    <t>Не голос.: 35</t>
+  </si>
+  <si>
+    <t>Не голос.: 34</t>
+  </si>
+  <si>
+    <t>Не голос.: 31</t>
+  </si>
+  <si>
+    <t>Не голос.: 42</t>
+  </si>
+  <si>
+    <t>Не голос.: 13</t>
+  </si>
+  <si>
+    <t>Не голос.: 36</t>
+  </si>
+  <si>
+    <t>Не голос.: 14</t>
+  </si>
+  <si>
     <t>Не голос.: 8</t>
   </si>
   <si>
-    <t>Не голос.: 26</t>
-[...35 lines deleted...]
-    <t>Не голос.: 12</t>
+    <t>Не голос.: 4</t>
   </si>
   <si>
     <t>Відсут.: 57</t>
   </si>
   <si>
+    <t>Відсут.: 0</t>
+  </si>
+  <si>
+    <t>Відсут.: 108</t>
+  </si>
+  <si>
+    <t>Відсут.: 11</t>
+  </si>
+  <si>
+    <t>Відсут.: 51</t>
+  </si>
+  <si>
     <t>Відсут.: 1</t>
-  </si>
-[...10 lines deleted...]
-    <t>Відсут.: 51</t>
   </si>
   <si>
     <t>Відсут.: 95</t>
   </si>
   <si>
     <t>Відсут.: 39</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -2546,51 +2543,51 @@
         <v>53</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>70</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
           <t>10136Включити в порядок денний проект  - Про затвердження Програми «Покращення обороноздатності  *** (додаткові № 6) на 2025 рік»  </t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>56</v>
       </c>
       <c r="E12" t="s">
         <v>47</v>
       </c>
       <c r="F12" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="G12" t="s">
         <v>49</v>
       </c>
       <c r="H12" t="s">
         <v>50</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N12" t="s" s="5">
         <v>53</v>
       </c>
@@ -2624,51 +2621,51 @@
       <c r="X12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AA12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF12" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AG12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AL12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN12" t="s" s="5">
         <v>53</v>
       </c>
@@ -2691,51 +2688,51 @@
         <v>53</v>
       </c>
       <c r="AU12" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>71</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
           <t>10137Включити в порядок денний проект  - Про затвердження Програми «Покращення обороноздатності  *** (додаткові № 7) на 2025 рік»  </t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>56</v>
       </c>
       <c r="E13" t="s">
         <v>47</v>
       </c>
       <c r="F13" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="G13" t="s">
         <v>49</v>
       </c>
       <c r="H13" t="s">
         <v>50</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N13" t="s" s="5">
         <v>53</v>
       </c>
@@ -2793,51 +2790,51 @@
       <c r="AF13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AL13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN13" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AO13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
@@ -3413,197 +3410,197 @@
         <v>51</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>76</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
           <t>10142Включити в порядок денний проект – Про затвердження Порядку надання поворотної фінансової допомоги КП «Фермерське господарство «Тарком» ДМР на 2025 рік  </t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>56</v>
       </c>
       <c r="E18" t="s">
+        <v>47</v>
+      </c>
+      <c r="F18" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="G18" t="s">
         <v>49</v>
       </c>
       <c r="H18" t="s">
+        <v>78</v>
+      </c>
+      <c r="I18" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="J18" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="K18" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="L18" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="M18" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="N18" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="O18" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="P18" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Q18" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="R18" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="S18" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="T18" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="U18" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="V18" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="W18" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="X18" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="Y18" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="Z18" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AA18" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AB18" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AC18" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AD18" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AE18" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AF18" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AG18" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AH18" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AI18" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AJ18" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AK18" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AL18" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AM18" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AN18" t="s" s="5">
         <v>79</v>
       </c>
-      <c r="I18" t="s" s="5">
-[...94 lines deleted...]
-      </c>
       <c r="AO18" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AP18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR18" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AS18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>80</v>
+      </c>
+      <c r="C19" t="s" s="4">
         <v>81</v>
       </c>
-      <c r="C19" t="s" s="4">
+      <c r="D19" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="E19" t="s">
         <v>47</v>
       </c>
       <c r="F19" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G19" t="s">
         <v>49</v>
       </c>
       <c r="H19" t="s">
         <v>50</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N19" t="s" s="5">
         <v>53</v>
       </c>
@@ -3690,57 +3687,57 @@
       </c>
       <c r="AP19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>84</v>
+      </c>
+      <c r="C20" t="s" s="4">
         <v>85</v>
       </c>
-      <c r="C20" t="s" s="4">
+      <c r="D20" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="E20" t="s">
         <v>47</v>
       </c>
       <c r="F20" t="s">
         <v>57</v>
       </c>
       <c r="G20" t="s">
         <v>49</v>
       </c>
       <c r="H20" t="s">
         <v>50</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L20" t="s" s="5">
         <v>51</v>
       </c>
@@ -3833,65 +3830,65 @@
       </c>
       <c r="AP20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU20" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
           <t>10146Про внесення змін до Програми сприяння виконанню рішень судів, інших виконавчих документів  та сплати судового збору на 2025 рік</t>
         </is>
       </c>
       <c r="D21" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E21" t="s">
         <v>47</v>
       </c>
       <c r="F21" t="s">
-        <v>89</v>
+        <v>77</v>
       </c>
       <c r="G21" t="s">
         <v>49</v>
       </c>
       <c r="H21" t="s">
         <v>50</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N21" t="s" s="5">
         <v>53</v>
       </c>
@@ -3978,59 +3975,59 @@
       </c>
       <c r="AP21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU21" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
           <t>10147Про затвердження Програми «Удосконалення    казначейського обслуговування розпорядників та одержувачів бюджетних коштів Дрогобицьким управління Державної казначейської  служби</t>
         </is>
       </c>
       <c r="D22" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E22" t="s">
         <v>47</v>
       </c>
       <c r="F22" t="s">
         <v>57</v>
       </c>
       <c r="G22" t="s">
         <v>49</v>
       </c>
       <c r="H22" t="s">
         <v>50</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L22" t="s" s="5">
         <v>51</v>
       </c>
@@ -4123,57 +4120,57 @@
       </c>
       <c r="AP22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C23" t="s" s="4">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="D23" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E23" t="s">
         <v>47</v>
       </c>
       <c r="F23" t="s">
         <v>60</v>
       </c>
       <c r="G23" t="s">
         <v>49</v>
       </c>
       <c r="H23" t="s">
         <v>50</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L23" t="s" s="5">
         <v>51</v>
       </c>
@@ -4266,57 +4263,57 @@
       </c>
       <c r="AP23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C24" t="s" s="4">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="D24" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E24" t="s">
         <v>47</v>
       </c>
       <c r="F24" t="s">
         <v>48</v>
       </c>
       <c r="G24" t="s">
         <v>49</v>
       </c>
       <c r="H24" t="s">
         <v>50</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L24" t="s" s="5">
         <v>51</v>
       </c>
@@ -4409,59 +4406,59 @@
       </c>
       <c r="AP24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
           <t>10150- Про затвердження Програми «Покращення обороноздатності *** (додаткові № 4) на 2025 рік»</t>
         </is>
       </c>
       <c r="D25" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E25" t="s">
         <v>47</v>
       </c>
       <c r="F25" t="s">
         <v>48</v>
       </c>
       <c r="G25" t="s">
         <v>49</v>
       </c>
       <c r="H25" t="s">
         <v>50</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L25" t="s" s="5">
         <v>51</v>
       </c>
@@ -4554,57 +4551,57 @@
       </c>
       <c r="AP25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU25" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C26" t="s" s="4">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D26" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E26" t="s">
         <v>47</v>
       </c>
       <c r="F26" t="s">
         <v>48</v>
       </c>
       <c r="G26" t="s">
         <v>49</v>
       </c>
       <c r="H26" t="s">
         <v>50</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L26" t="s" s="5">
         <v>51</v>
       </c>
@@ -4697,57 +4694,57 @@
       </c>
       <c r="AP26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C27" t="s" s="4">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="D27" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E27" t="s">
         <v>47</v>
       </c>
       <c r="F27" t="s">
         <v>60</v>
       </c>
       <c r="G27" t="s">
         <v>49</v>
       </c>
       <c r="H27" t="s">
         <v>50</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L27" t="s" s="5">
         <v>51</v>
       </c>
@@ -4840,57 +4837,57 @@
       </c>
       <c r="AP27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU27" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="C28" t="s" s="4">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="D28" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E28" t="s">
         <v>47</v>
       </c>
       <c r="F28" t="s">
         <v>48</v>
       </c>
       <c r="G28" t="s">
         <v>49</v>
       </c>
       <c r="H28" t="s">
         <v>50</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L28" t="s" s="5">
         <v>51</v>
       </c>
@@ -4983,57 +4980,57 @@
       </c>
       <c r="AP28" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ28" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU28" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C29" t="s" s="4">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D29" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E29" t="s">
         <v>47</v>
       </c>
       <c r="F29" t="s">
         <v>57</v>
       </c>
       <c r="G29" t="s">
         <v>49</v>
       </c>
       <c r="H29" t="s">
         <v>50</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L29" t="s" s="5">
         <v>51</v>
       </c>
@@ -5126,59 +5123,59 @@
       </c>
       <c r="AP29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
           <t>10155Про затвердження Положення  про призначення виплати грошової винагороди  провідним спортсменам  Дрогобицької міської територіальної громади та їх тренерам  за високі спортивні</t>
         </is>
       </c>
       <c r="D30" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E30" t="s">
         <v>47</v>
       </c>
       <c r="F30" t="s">
         <v>60</v>
       </c>
       <c r="G30" t="s">
         <v>49</v>
       </c>
       <c r="H30" t="s">
         <v>50</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L30" t="s" s="5">
         <v>51</v>
       </c>
@@ -5271,63 +5268,63 @@
       </c>
       <c r="AP30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU30" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C31" t="s" s="4">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D31" t="s">
         <v>46</v>
       </c>
       <c r="E31" t="s">
         <v>47</v>
       </c>
       <c r="F31" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="G31" t="s">
         <v>49</v>
       </c>
       <c r="H31" t="s">
         <v>50</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N31" t="s" s="5">
         <v>52</v>
       </c>
@@ -5414,54 +5411,54 @@
       </c>
       <c r="AP31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU31" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C32" t="s" s="4">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D32" t="s">
         <v>56</v>
       </c>
       <c r="E32" t="s">
         <v>47</v>
       </c>
       <c r="F32" t="s">
         <v>60</v>
       </c>
       <c r="G32" t="s">
         <v>49</v>
       </c>
       <c r="H32" t="s">
         <v>50</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>53</v>
       </c>
@@ -5557,57 +5554,57 @@
       </c>
       <c r="AP32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU32" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C33" t="s" s="4">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="D33" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E33" t="s">
         <v>47</v>
       </c>
       <c r="F33" t="s">
         <v>60</v>
       </c>
       <c r="G33" t="s">
         <v>49</v>
       </c>
       <c r="H33" t="s">
         <v>50</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L33" t="s" s="5">
         <v>51</v>
       </c>
@@ -5700,57 +5697,57 @@
       </c>
       <c r="AP33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU33" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>110</v>
+      </c>
+      <c r="C34" t="s" s="4">
+        <v>111</v>
+      </c>
+      <c r="D34" t="s">
         <v>112</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
       <c r="E34" t="s">
         <v>47</v>
       </c>
       <c r="F34" t="s">
         <v>48</v>
       </c>
       <c r="G34" t="s">
         <v>49</v>
       </c>
       <c r="H34" t="s">
         <v>50</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L34" t="s" s="5">
         <v>51</v>
       </c>
@@ -5843,65 +5840,65 @@
       </c>
       <c r="AP34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU34" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
           <t>10160Про встановлення меморіалу пам’яті загиблих Захисників на території Стебницького ліцею №7 Дрогобицької міської ради Львівської області</t>
         </is>
       </c>
       <c r="D35" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E35" t="s">
         <v>47</v>
       </c>
       <c r="F35" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G35" t="s">
         <v>49</v>
       </c>
       <c r="H35" t="s">
         <v>50</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N35" t="s" s="5">
         <v>53</v>
       </c>
@@ -5988,65 +5985,65 @@
       </c>
       <c r="AP35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
           <t>10161Про створення відділення підтриманого проживання в комунальній установі «Дрогобицький міський територіальний центр соціального обслуговування (надання соціальних послуг)»</t>
         </is>
       </c>
       <c r="D36" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E36" t="s">
         <v>47</v>
       </c>
       <c r="F36" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G36" t="s">
         <v>49</v>
       </c>
       <c r="H36" t="s">
         <v>50</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N36" t="s" s="5">
         <v>53</v>
       </c>
@@ -6133,59 +6130,59 @@
       </c>
       <c r="AP36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU36" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
           <t>10162Про затвердження  Програми забезпечення реалізації заходів соціального проекту «Активні парки-локації здорової України» на 2025 рік</t>
         </is>
       </c>
       <c r="D37" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E37" t="s">
         <v>47</v>
       </c>
       <c r="F37" t="s">
         <v>48</v>
       </c>
       <c r="G37" t="s">
         <v>49</v>
       </c>
       <c r="H37" t="s">
         <v>50</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L37" t="s" s="5">
         <v>51</v>
       </c>
@@ -6278,65 +6275,65 @@
       </c>
       <c r="AP37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU37" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
           <t>10163Про затвердження Програми відпочинку дітей  з регіонів України, що потерпають від російської агресії на 2025 рік</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>46</v>
       </c>
       <c r="E38" t="s">
         <v>47</v>
       </c>
       <c r="F38" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G38" t="s">
         <v>49</v>
       </c>
       <c r="H38" t="s">
         <v>50</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N38" t="s" s="5">
         <v>53</v>
       </c>
@@ -6423,63 +6420,63 @@
       </c>
       <c r="AP38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU38" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="C39" t="s" s="4">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="D39" t="s">
         <v>56</v>
       </c>
       <c r="E39" t="s">
         <v>47</v>
       </c>
       <c r="F39" t="s">
-        <v>48</v>
+        <v>83</v>
       </c>
       <c r="G39" t="s">
         <v>49</v>
       </c>
       <c r="H39" t="s">
         <v>50</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N39" t="s" s="5">
         <v>53</v>
       </c>
@@ -6525,106 +6522,106 @@
       <c r="AB39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ39" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AL39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU39" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
           <t>10165Про затвердження Програми відпочинку дітей  з регіонів України, що потерпають від російської агресії на 2025 рік</t>
         </is>
       </c>
       <c r="D40" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E40" t="s">
         <v>47</v>
       </c>
       <c r="F40" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="G40" t="s">
         <v>49</v>
       </c>
       <c r="H40" t="s">
         <v>50</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N40" t="s" s="5">
         <v>53</v>
       </c>
@@ -6682,94 +6679,94 @@
       <c r="AF40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AL40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN40" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AO40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU40" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
           <t>10166Про затвердження Програми компенсаційних виплат на пільговий проїзд автомобільним транспортом окремим категоріям громадян на 2025 рік в новій редакції</t>
         </is>
       </c>
       <c r="D41" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E41" t="s">
         <v>47</v>
       </c>
       <c r="F41" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G41" t="s">
         <v>49</v>
       </c>
       <c r="H41" t="s">
         <v>50</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M41" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N41" t="s" s="5">
         <v>53</v>
       </c>
@@ -6856,59 +6853,59 @@
       </c>
       <c r="AP41" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU41" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
           <t>10167Про внесення змін до програми Дрогобицької міської ради «Про персональні стипендії міського голови в галузі освіти та культури для обдарованих дітей на 2025 рік»</t>
         </is>
       </c>
       <c r="D42" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E42" t="s">
         <v>47</v>
       </c>
       <c r="F42" t="s">
         <v>48</v>
       </c>
       <c r="G42" t="s">
         <v>49</v>
       </c>
       <c r="H42" t="s">
         <v>50</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L42" t="s" s="5">
         <v>51</v>
       </c>
@@ -7001,63 +6998,63 @@
       </c>
       <c r="AP42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU42" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
+        <v>123</v>
+      </c>
+      <c r="C43" t="s" s="4">
         <v>124</v>
       </c>
-      <c r="C43" t="s" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="D43" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E43" t="s">
         <v>47</v>
       </c>
       <c r="F43" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="G43" t="s">
         <v>49</v>
       </c>
       <c r="H43" t="s">
         <v>50</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N43" t="s" s="5">
         <v>53</v>
       </c>
@@ -7144,353 +7141,353 @@
       </c>
       <c r="AP43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU43" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
           <t>10169Про затвердження Порядку демонтажу тимчасових споруд, малих архітектурних форм та тимчасових конструкцій на території Дрогобицької міської територіальної громади</t>
         </is>
       </c>
       <c r="D44" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E44" t="s">
         <v>47</v>
       </c>
       <c r="F44" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G44" t="s">
         <v>49</v>
       </c>
       <c r="H44" t="s">
+        <v>78</v>
+      </c>
+      <c r="I44" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="J44" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="K44" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="L44" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="M44" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="N44" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="O44" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="P44" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Q44" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="R44" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="S44" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="T44" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="U44" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="V44" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="W44" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="X44" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="Y44" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="Z44" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AA44" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AB44" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AC44" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AD44" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AE44" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AF44" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AG44" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AH44" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AI44" t="s" s="5">
         <v>79</v>
-      </c>
-[...79 lines deleted...]
-        <v>80</v>
       </c>
       <c r="AJ44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AL44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
           <t>10170Про затвердження Порядку надання поворотної фінансової допомоги КП «Фермерське господарство «Тарком» ДМР на 2025 рік</t>
         </is>
       </c>
       <c r="D45" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E45" t="s">
         <v>47</v>
       </c>
       <c r="F45" t="s">
-        <v>89</v>
+        <v>128</v>
       </c>
       <c r="G45" t="s">
+        <v>129</v>
+      </c>
+      <c r="H45" t="s">
+        <v>78</v>
+      </c>
+      <c r="I45" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="J45" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="K45" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="L45" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="M45" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="N45" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="O45" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="P45" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Q45" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="R45" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="S45" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="T45" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="U45" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="V45" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="W45" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="X45" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="Y45" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="Z45" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AA45" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AB45" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AC45" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AD45" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AE45" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AF45" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AG45" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AH45" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AI45" t="s" s="5">
         <v>130</v>
       </c>
-      <c r="H45" t="s">
+      <c r="AJ45" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AK45" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AL45" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AM45" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AN45" t="s" s="5">
         <v>79</v>
       </c>
-      <c r="I45" t="s" s="5">
-[...94 lines deleted...]
-      </c>
       <c r="AO45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU45" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
+        <v>131</v>
+      </c>
+      <c r="C46" t="s" s="4">
         <v>132</v>
       </c>
-      <c r="C46" t="s" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="D46" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E46" t="s">
         <v>47</v>
       </c>
       <c r="F46" t="s">
-        <v>134</v>
+        <v>105</v>
       </c>
       <c r="G46" t="s">
         <v>49</v>
       </c>
       <c r="H46" t="s">
         <v>50</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N46" t="s" s="5">
         <v>53</v>
       </c>
@@ -7503,51 +7500,51 @@
       <c r="Q46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="T46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="U46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y46" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AA46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG46" t="s" s="5">
         <v>51</v>
       </c>
@@ -7569,73 +7566,73 @@
       <c r="AM46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU46" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
           <t>10172Про внесення змін до  рішення Дрогобицької міської ради «Про затвердження положень про департамент, управління та відділи виконавчих органів Дрогобицької міської ради» від 08.06.2021 № 421</t>
         </is>
       </c>
       <c r="D47" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E47" t="s">
         <v>47</v>
       </c>
       <c r="F47" t="s">
-        <v>89</v>
+        <v>77</v>
       </c>
       <c r="G47" t="s">
         <v>49</v>
       </c>
       <c r="H47" t="s">
         <v>50</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N47" t="s" s="5">
         <v>52</v>
       </c>
@@ -7722,63 +7719,63 @@
       </c>
       <c r="AP47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU47" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C48" t="s" s="4">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="D48" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E48" t="s">
         <v>47</v>
       </c>
       <c r="F48" t="s">
-        <v>89</v>
+        <v>128</v>
       </c>
       <c r="G48" t="s">
         <v>49</v>
       </c>
       <c r="H48" t="s">
         <v>50</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N48" t="s" s="5">
         <v>53</v>
       </c>
@@ -7857,73 +7854,73 @@
       <c r="AM48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU48" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
           <t>10174Про внесення змін та доповнень до Порядку використання об’єктів благоустрою для здійснення торгівельної діяльності з пересувних об’єктів тимчасової сезонної торгівлі та/або надання</t>
         </is>
       </c>
       <c r="D49" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E49" t="s">
         <v>47</v>
       </c>
       <c r="F49" t="s">
-        <v>89</v>
+        <v>77</v>
       </c>
       <c r="G49" t="s">
         <v>49</v>
       </c>
       <c r="H49" t="s">
         <v>50</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N49" t="s" s="5">
         <v>52</v>
       </c>
@@ -8010,65 +8007,65 @@
       </c>
       <c r="AP49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
           <t>10175Про передачу на баланс управління майна громади нежитлової будівлі за адресою: м. Дрогобич, вул. Війтівська Гора, 39</t>
         </is>
       </c>
       <c r="D50" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E50" t="s">
         <v>47</v>
       </c>
       <c r="F50" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="G50" t="s">
         <v>49</v>
       </c>
       <c r="H50" t="s">
         <v>50</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N50" t="s" s="5">
         <v>53</v>
       </c>
@@ -8155,65 +8152,65 @@
       </c>
       <c r="AP50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU50" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
           <t>10176Про передачу на баланс управління майна громади нежитлової будівлі за адресою: с. Дережичі, вул. Шкільна, буд. 10/13</t>
         </is>
       </c>
       <c r="D51" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E51" t="s">
         <v>47</v>
       </c>
       <c r="F51" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="G51" t="s">
         <v>49</v>
       </c>
       <c r="H51" t="s">
         <v>50</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N51" t="s" s="5">
         <v>53</v>
       </c>
@@ -8300,65 +8297,65 @@
       </c>
       <c r="AP51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU51" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
           <t>10177Про передачу на баланс управління майна громади нежитлових будівель за адресами: с. Добрівляни, вул. Лесі Українки, м. Стебник, вул. Зелена Діброва, 24, 71  </t>
         </is>
       </c>
       <c r="D52" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E52" t="s">
         <v>47</v>
       </c>
       <c r="F52" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="G52" t="s">
         <v>49</v>
       </c>
       <c r="H52" t="s">
         <v>50</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N52" t="s" s="5">
         <v>53</v>
       </c>
@@ -8445,63 +8442,63 @@
       </c>
       <c r="AP52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU52" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C53" t="s" s="4">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="D53" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E53" t="s">
         <v>47</v>
       </c>
       <c r="F53" t="s">
-        <v>89</v>
+        <v>77</v>
       </c>
       <c r="G53" t="s">
         <v>49</v>
       </c>
       <c r="H53" t="s">
         <v>50</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N53" t="s" s="5">
         <v>53</v>
       </c>
@@ -8588,65 +8585,65 @@
       </c>
       <c r="AP53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU53" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
           <t>10179Про дострокове припинення договору оренди нежитлових приміщень, будинків та споруд від 04.12.2017 р.</t>
         </is>
       </c>
       <c r="D54" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E54" t="s">
         <v>47</v>
       </c>
       <c r="F54" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G54" t="s">
         <v>49</v>
       </c>
       <c r="H54" t="s">
         <v>50</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N54" t="s" s="5">
         <v>53</v>
       </c>
@@ -8733,65 +8730,65 @@
       </c>
       <c r="AP54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU54" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
           <t>10180Про включення в перелік об’єктів комунальної власності, які підлягають продажу на конкурентних засадах шляхом проведення електронного аукціону нежитлових приміщень  </t>
         </is>
       </c>
       <c r="D55" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E55" t="s">
         <v>47</v>
       </c>
       <c r="F55" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="G55" t="s">
         <v>49</v>
       </c>
       <c r="H55" t="s">
         <v>50</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N55" t="s" s="5">
         <v>53</v>
       </c>
@@ -8878,92 +8875,92 @@
       </c>
       <c r="AP55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU55" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
           <t>10181Про надання дозволу на передачу матеріальних цінностей - гуманітарної допомоги від Університетської медицини Грайсвальда (UNIVERSITATSMEDIZIN GREIFSWALD)</t>
         </is>
       </c>
       <c r="D56" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E56" t="s">
         <v>47</v>
       </c>
       <c r="F56" t="s">
-        <v>107</v>
+        <v>57</v>
       </c>
       <c r="G56" t="s">
         <v>49</v>
       </c>
       <c r="H56" t="s">
         <v>50</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O56" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="P56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="T56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="U56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W56" t="s" s="5">
         <v>53</v>
       </c>
@@ -9023,59 +9020,59 @@
       </c>
       <c r="AP56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU56" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
           <t>10182Про включення до переліку другого типу об’єктів комунальної  власності територіальної громади в особі Дрогобицької міської ради та надання дозволу на укладення договору оренди</t>
         </is>
       </c>
       <c r="D57" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E57" t="s">
         <v>47</v>
       </c>
       <c r="F57" t="s">
         <v>60</v>
       </c>
       <c r="G57" t="s">
         <v>49</v>
       </c>
       <c r="H57" t="s">
         <v>50</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L57" t="s" s="5">
         <v>51</v>
       </c>
@@ -9168,63 +9165,63 @@
       </c>
       <c r="AP57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU57" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C58" t="s" s="4">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="D58" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E58" t="s">
         <v>47</v>
       </c>
       <c r="F58" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="G58" t="s">
         <v>49</v>
       </c>
       <c r="H58" t="s">
         <v>50</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N58" t="s" s="5">
         <v>53</v>
       </c>
@@ -9311,77 +9308,77 @@
       </c>
       <c r="AP58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU58" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
           <t>10184Про внесення змін та доповнень до порядку денного LХVІІ сесії Дрогобицької міської ради</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>46</v>
       </c>
       <c r="E59" t="s">
         <v>47</v>
       </c>
       <c r="F59" t="s">
-        <v>128</v>
+        <v>105</v>
       </c>
       <c r="G59" t="s">
         <v>49</v>
       </c>
       <c r="H59" t="s">
         <v>50</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J59" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R59" t="s" s="5">
         <v>51</v>
       </c>
@@ -9456,65 +9453,65 @@
       </c>
       <c r="AP59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
           <t>10185Включити в порядок денний проект  - Внесення змін до бюджету Дрогобицької міської територіальної громади на 2025 рік    </t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>56</v>
       </c>
       <c r="E60" t="s">
         <v>47</v>
       </c>
       <c r="F60" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="G60" t="s">
         <v>49</v>
       </c>
       <c r="H60" t="s">
         <v>50</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N60" t="s" s="5">
         <v>53</v>
       </c>
@@ -9601,115 +9598,115 @@
       </c>
       <c r="AP60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU60" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="C61" t="s" s="4">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="D61" t="s">
         <v>56</v>
       </c>
       <c r="E61" t="s">
-        <v>77</v>
+        <v>153</v>
       </c>
       <c r="F61" t="s">
+        <v>154</v>
+      </c>
+      <c r="G61" t="s">
         <v>155</v>
       </c>
-      <c r="G61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H61" t="s">
+        <v>78</v>
+      </c>
+      <c r="I61" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="J61" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="K61" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="L61" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="M61" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="N61" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="O61" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="P61" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Q61" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="R61" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="S61" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="T61" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="U61" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="V61" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="W61" t="s" s="5">
         <v>79</v>
       </c>
-      <c r="I61" t="s" s="5">
-[...43 lines deleted...]
-      </c>
       <c r="X61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF61" t="s" s="5">
@@ -9721,88 +9718,88 @@
       <c r="AH61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP61" t="s" s="5">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AQ61" t="s" s="5">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU61" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
           <t>10187Про внесення змін та доповнень до порядку денного LХVІІ сесії Дрогобицької міської ради</t>
         </is>
       </c>
       <c r="D62" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E62" t="s">
         <v>47</v>
       </c>
       <c r="F62" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G62" t="s">
         <v>49</v>
       </c>
       <c r="H62" t="s">
         <v>50</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N62" t="s" s="5">
         <v>53</v>
       </c>
@@ -9889,63 +9886,63 @@
       </c>
       <c r="AP62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU62" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
+        <v>157</v>
+      </c>
+      <c r="C63" t="s" s="4">
         <v>158</v>
       </c>
-      <c r="C63" t="s" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="D63" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E63" t="s">
         <v>47</v>
       </c>
       <c r="F63" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="G63" t="s">
         <v>49</v>
       </c>
       <c r="H63" t="s">
         <v>50</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N63" t="s" s="5">
         <v>53</v>
       </c>
@@ -9988,109 +9985,109 @@
       <c r="AA63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI63" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AJ63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AL63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU63" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="C64" t="inlineStr" s="4">
         <is>
           <t>10189Про встановлення місцевих податків та зборів на території Дрогобицької міської територіальної громади  </t>
         </is>
       </c>
       <c r="D64" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E64" t="s">
         <v>47</v>
       </c>
       <c r="F64" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="G64" t="s">
         <v>49</v>
       </c>
       <c r="H64" t="s">
         <v>50</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N64" t="s" s="5">
         <v>53</v>
       </c>
@@ -10177,63 +10174,63 @@
       </c>
       <c r="AP64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU64" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
+        <v>160</v>
+      </c>
+      <c r="C65" t="s" s="4">
         <v>161</v>
       </c>
-      <c r="C65" t="s" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="D65" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E65" t="s">
         <v>47</v>
       </c>
       <c r="F65" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G65" t="s">
         <v>49</v>
       </c>
       <c r="H65" t="s">
         <v>50</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M65" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N65" t="s" s="5">
         <v>53</v>
       </c>
@@ -10320,65 +10317,65 @@
       </c>
       <c r="AP65" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU65" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="C66" t="inlineStr" s="4">
         <is>
           <t>10191Про внесення змін до рішення від 09.01.2025 року №2877 «Про затвердження Програми заходів з висвітлення діяльності міської ради, виконавчого комітету, посадових осіб, комунальних підприємств та</t>
         </is>
       </c>
       <c r="D66" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E66" t="s">
         <v>47</v>
       </c>
       <c r="F66" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="G66" t="s">
         <v>49</v>
       </c>
       <c r="H66" t="s">
         <v>50</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M66" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N66" t="s" s="5">
         <v>53</v>
       </c>
@@ -10465,63 +10462,63 @@
       </c>
       <c r="AP66" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU66" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
+        <v>163</v>
+      </c>
+      <c r="C67" t="s" s="4">
         <v>164</v>
       </c>
-      <c r="C67" t="s" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="D67" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E67" t="s">
         <v>47</v>
       </c>
       <c r="F67" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="G67" t="s">
         <v>49</v>
       </c>
       <c r="H67" t="s">
         <v>50</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N67" t="s" s="5">
         <v>53</v>
       </c>
@@ -10531,51 +10528,51 @@
       <c r="P67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="T67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="U67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X67" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AA67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF67" t="s" s="5">
         <v>53</v>
       </c>
@@ -10608,59 +10605,59 @@
       </c>
       <c r="AP67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU67" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="C68" t="inlineStr" s="4">
         <is>
           <t>10193Про створення Єдиного вікна ветерана в Дрогобицькій міській територіальній громаді та затвердження Положення про його діяльність</t>
         </is>
       </c>
       <c r="D68" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E68" t="s">
         <v>47</v>
       </c>
       <c r="F68" t="s">
         <v>48</v>
       </c>
       <c r="G68" t="s">
         <v>49</v>
       </c>
       <c r="H68" t="s">
         <v>50</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L68" t="s" s="5">
         <v>51</v>
       </c>
@@ -10753,59 +10750,59 @@
       </c>
       <c r="AP68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU68" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C69" t="inlineStr" s="4">
         <is>
           <t>10194Про створення віддаленого робочого місця працівника Центру надання адміністративних послуг м. Дрогобич (ДІЯ Центру) з розміщенням в приміщенні Дрогобицької міської ради, каб. 106, пл. Ринок,</t>
         </is>
       </c>
       <c r="D69" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E69" t="s">
         <v>47</v>
       </c>
       <c r="F69" t="s">
         <v>60</v>
       </c>
       <c r="G69" t="s">
         <v>49</v>
       </c>
       <c r="H69" t="s">
         <v>50</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L69" t="s" s="5">
         <v>51</v>
       </c>
@@ -10898,65 +10895,65 @@
       </c>
       <c r="AP69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU69" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C70" t="inlineStr" s="4">
         <is>
           <t>10195Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості)  для будівництва та обслуговування житлового будинку,</t>
         </is>
       </c>
       <c r="D70" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E70" t="s">
-        <v>77</v>
+        <v>47</v>
       </c>
       <c r="F70" t="s">
-        <v>78</v>
+        <v>140</v>
       </c>
       <c r="G70" t="s">
         <v>49</v>
       </c>
       <c r="H70" t="s">
         <v>50</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N70" t="s" s="5">
         <v>52</v>
       </c>
@@ -10999,109 +10996,109 @@
       <c r="AA70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI70" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AJ70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AL70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AM70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU70" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="C71" t="inlineStr" s="4">
         <is>
           <t>10196Про надання дозволу на розроблення проектів землеустрою щодо організації і встановлення меж територій природно-заповідного фонду та іншого природоохоронного призначення, оздоровчого,</t>
         </is>
       </c>
       <c r="D71" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E71" t="s">
         <v>47</v>
       </c>
       <c r="F71" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="G71" t="s">
         <v>49</v>
       </c>
       <c r="H71" t="s">
         <v>50</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N71" t="s" s="5">
         <v>53</v>
       </c>
@@ -11123,51 +11120,51 @@
       <c r="T71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB71" t="s" s="5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="AC71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ71" t="s" s="5">
         <v>53</v>
       </c>
@@ -11188,65 +11185,65 @@
       </c>
       <c r="AP71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU71" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="C72" t="inlineStr" s="4">
         <is>
           <t>10197Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки на вул. П. Мекелити у м. Стебнику</t>
         </is>
       </c>
       <c r="D72" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E72" t="s">
         <v>47</v>
       </c>
       <c r="F72" t="s">
-        <v>128</v>
+        <v>105</v>
       </c>
       <c r="G72" t="s">
         <v>49</v>
       </c>
       <c r="H72" t="s">
         <v>50</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N72" t="s" s="5">
         <v>53</v>
       </c>
@@ -11292,106 +11289,106 @@
       <c r="AB72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ72" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AL72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU72" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C73" t="inlineStr" s="4">
         <is>
           <t>10198Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки для будівництва та обслуговування багатоквартирного житлового будинку на вул. Лесі Українки, 86 в м.</t>
         </is>
       </c>
       <c r="D73" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E73" t="s">
         <v>47</v>
       </c>
       <c r="F73" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G73" t="s">
         <v>49</v>
       </c>
       <c r="H73" t="s">
         <v>50</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N73" t="s" s="5">
         <v>52</v>
       </c>
@@ -11478,65 +11475,65 @@
       </c>
       <c r="AP73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU73" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="C74" t="inlineStr" s="4">
         <is>
           <t>10199Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки під об’єктом нерухомого майна на вул. Стрийській, 266/4 в м. Дрогобичі          </t>
         </is>
       </c>
       <c r="D74" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E74" t="s">
         <v>47</v>
       </c>
       <c r="F74" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="G74" t="s">
         <v>49</v>
       </c>
       <c r="H74" t="s">
         <v>50</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M74" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N74" t="s" s="5">
         <v>52</v>
       </c>
@@ -11623,65 +11620,65 @@
       </c>
       <c r="AP74" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU74" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C75" t="inlineStr" s="4">
         <is>
           <t>10200Про надання дозволу на передачу в суборенду земельної ділянки на вул. Фабричній, 61 в м. Дрогобичі</t>
         </is>
       </c>
       <c r="D75" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E75" t="s">
         <v>47</v>
       </c>
       <c r="F75" t="s">
-        <v>89</v>
+        <v>77</v>
       </c>
       <c r="G75" t="s">
         <v>49</v>
       </c>
       <c r="H75" t="s">
         <v>50</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J75" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K75" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M75" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N75" t="s" s="5">
         <v>52</v>
       </c>
@@ -11768,59 +11765,59 @@
       </c>
       <c r="AP75" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT75" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU75" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="C76" t="inlineStr" s="4">
         <is>
           <t>10201Про включення до переліку земельних ділянок, право оренди яких підлягає продажу на конкурентних засадах (на земельних торгах у формі електронного аукціону), земельної ділянки та про надання</t>
         </is>
       </c>
       <c r="D76" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E76" t="s">
         <v>47</v>
       </c>
       <c r="F76" t="s">
         <v>60</v>
       </c>
       <c r="G76" t="s">
         <v>49</v>
       </c>
       <c r="H76" t="s">
         <v>50</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L76" t="s" s="5">
         <v>51</v>
       </c>
@@ -11913,65 +11910,65 @@
       </c>
       <c r="AP76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU76" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C77" t="inlineStr" s="4">
         <is>
           <t>10202Про відмову у наданні дозволу на виготовлення проектів землеустрою щодо відведення земельних ділянок, у внесенні змін у рішення Дрогобицької міської ради</t>
         </is>
       </c>
       <c r="D77" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E77" t="s">
         <v>47</v>
       </c>
       <c r="F77" t="s">
-        <v>89</v>
+        <v>77</v>
       </c>
       <c r="G77" t="s">
         <v>49</v>
       </c>
       <c r="H77" t="s">
         <v>50</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N77" t="s" s="5">
         <v>53</v>
       </c>
@@ -12058,65 +12055,65 @@
       </c>
       <c r="AP77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU77" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C78" t="inlineStr" s="4">
         <is>
           <t>10203Про включення в перелік земельних ділянок несільськогосподарського призначення, які підлягають продажу у власність під об’єктами нерухомого майна земельної ділянки на вул. Малий Ринок, 3/4</t>
         </is>
       </c>
       <c r="D78" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E78" t="s">
         <v>47</v>
       </c>
       <c r="F78" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G78" t="s">
         <v>49</v>
       </c>
       <c r="H78" t="s">
         <v>50</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N78" t="s" s="5">
         <v>52</v>
       </c>
@@ -12203,63 +12200,63 @@
       </c>
       <c r="AP78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU78" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
+        <v>176</v>
+      </c>
+      <c r="C79" t="s" s="4">
         <v>177</v>
       </c>
-      <c r="C79" t="s" s="4">
+      <c r="D79" t="s">
+        <v>86</v>
+      </c>
+      <c r="E79" t="s">
+        <v>153</v>
+      </c>
+      <c r="F79" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>179</v>
       </c>
       <c r="G79" t="s">
         <v>49</v>
       </c>
       <c r="H79" t="s">
         <v>50</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N79" t="s" s="5">
         <v>52</v>
       </c>
@@ -12346,63 +12343,63 @@
       </c>
       <c r="AP79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU79" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
+        <v>179</v>
+      </c>
+      <c r="C80" t="s" s="4">
         <v>180</v>
       </c>
-      <c r="C80" t="s" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="D80" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E80" t="s">
         <v>47</v>
       </c>
       <c r="F80" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="G80" t="s">
         <v>49</v>
       </c>
       <c r="H80" t="s">
         <v>50</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N80" t="s" s="5">
         <v>52</v>
       </c>
@@ -12489,63 +12486,63 @@
       </c>
       <c r="AP80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU80" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
+        <v>181</v>
+      </c>
+      <c r="C81" t="s" s="4">
         <v>182</v>
       </c>
-      <c r="C81" t="s" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="D81" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E81" t="s">
         <v>47</v>
       </c>
       <c r="F81" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G81" t="s">
         <v>49</v>
       </c>
       <c r="H81" t="s">
         <v>50</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N81" t="s" s="5">
         <v>52</v>
       </c>
@@ -12632,57 +12629,57 @@
       </c>
       <c r="AP81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU81" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
+        <v>183</v>
+      </c>
+      <c r="C82" t="s" s="4">
         <v>184</v>
       </c>
-      <c r="C82" t="s" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="D82" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E82" t="s">
         <v>47</v>
       </c>
       <c r="F82" t="s">
         <v>57</v>
       </c>
       <c r="G82" t="s">
         <v>49</v>
       </c>
       <c r="H82" t="s">
         <v>50</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L82" t="s" s="5">
         <v>51</v>
       </c>
@@ -12775,68 +12772,68 @@
       </c>
       <c r="AP82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU82" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="C83" t="inlineStr" s="4">
         <is>
           <t>10208Про затвердження проектів землеустрою щодо відведення земельних ділянок, цільове призначення яких змінюється, що перебувають у приватній власності </t>
         </is>
       </c>
       <c r="D83" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E83" t="s">
-        <v>77</v>
+        <v>153</v>
       </c>
       <c r="F83" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="G83" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="H83" t="s">
         <v>50</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O83" t="s" s="5">
         <v>52</v>
       </c>
@@ -12858,51 +12855,51 @@
       <c r="U83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AA83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC83" t="s" s="5">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AD83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK83" t="s" s="5">
         <v>53</v>
       </c>
@@ -12920,74 +12917,74 @@
       </c>
       <c r="AP83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU83" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="C84" t="inlineStr" s="4">
         <is>
           <t>10209Про затвердження проектів землеустрою щодо відведення земельних ділянок загального користування відведені під місця поховання та передачу в постійне користування земельних ділянок</t>
         </is>
       </c>
       <c r="D84" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E84" t="s">
         <v>47</v>
       </c>
       <c r="F84" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="G84" t="s">
         <v>49</v>
       </c>
       <c r="H84" t="s">
         <v>50</v>
       </c>
       <c r="I84" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q84" t="s" s="5">
         <v>51</v>
       </c>
@@ -13065,65 +13062,65 @@
       </c>
       <c r="AP84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU84" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="C85" t="inlineStr" s="4">
         <is>
           <t>10210Про затвердження проектів землеустрою щодо відведення земельних ділянок та передачу в оренду земельних ділянок</t>
         </is>
       </c>
       <c r="D85" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E85" t="s">
         <v>47</v>
       </c>
       <c r="F85" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="G85" t="s">
         <v>49</v>
       </c>
       <c r="H85" t="s">
         <v>50</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N85" t="s" s="5">
         <v>52</v>
       </c>
@@ -13210,59 +13207,59 @@
       </c>
       <c r="AP85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU85" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="C86" t="inlineStr" s="4">
         <is>
           <t>10211Про затвердження технічної документації із землеустрою щодо встановлення (відновлення )меж земельної ділянки в натурі (на місцевості) зі зміною її конфігурації на вул. Дрогобицькій, 88 у м.</t>
         </is>
       </c>
       <c r="D86" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E86" t="s">
         <v>47</v>
       </c>
       <c r="F86" t="s">
         <v>57</v>
       </c>
       <c r="G86" t="s">
         <v>49</v>
       </c>
       <c r="H86" t="s">
         <v>50</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L86" t="s" s="5">
         <v>51</v>
       </c>
@@ -13355,65 +13352,65 @@
       </c>
       <c r="AP86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU86" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="C87" t="inlineStr" s="4">
         <is>
           <t>10212Про затвердження технічних документацій із землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості)  для будівництва та обслуговування житлових будинків,</t>
         </is>
       </c>
       <c r="D87" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E87" t="s">
         <v>47</v>
       </c>
       <c r="F87" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G87" t="s">
         <v>49</v>
       </c>
       <c r="H87" t="s">
         <v>50</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N87" t="s" s="5">
         <v>52</v>
       </c>
@@ -13500,65 +13497,65 @@
       </c>
       <c r="AP87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU87" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="C88" t="inlineStr" s="4">
         <is>
           <t>10213Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) під об’єктами нерухомого майна та передачу в оренду</t>
         </is>
       </c>
       <c r="D88" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E88" t="s">
         <v>47</v>
       </c>
       <c r="F88" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="G88" t="s">
         <v>49</v>
       </c>
       <c r="H88" t="s">
         <v>50</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N88" t="s" s="5">
         <v>52</v>
       </c>
@@ -13645,65 +13642,65 @@
       </c>
       <c r="AP88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU88" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="C89" t="inlineStr" s="4">
         <is>
           <t>10214Про затвердження технічних документацій із землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) для ведення товарного сільськогосподарського</t>
         </is>
       </c>
       <c r="D89" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E89" t="s">
         <v>47</v>
       </c>
       <c r="F89" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="G89" t="s">
         <v>49</v>
       </c>
       <c r="H89" t="s">
         <v>50</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N89" t="s" s="5">
         <v>52</v>
       </c>
@@ -13790,204 +13787,204 @@
       </c>
       <c r="AP89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU89" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C90" t="inlineStr" s="4">
         <is>
           <t>10215Про надання дозволу на розроблення  проектів землеустрою щодо відведення  земельних ділянок, цільове призначення яких змінюється</t>
         </is>
       </c>
       <c r="D90" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E90" t="s">
         <v>47</v>
       </c>
       <c r="F90" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="G90" t="s">
         <v>49</v>
       </c>
       <c r="H90" t="s">
+        <v>78</v>
+      </c>
+      <c r="I90" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="J90" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="K90" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="L90" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="M90" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="N90" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="O90" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="P90" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Q90" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="R90" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="S90" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="T90" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="U90" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="V90" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="W90" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="X90" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="Y90" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="Z90" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AA90" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AB90" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AC90" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AD90" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AE90" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AF90" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AG90" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AH90" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AI90" t="s" s="5">
         <v>79</v>
-      </c>
-[...79 lines deleted...]
-        <v>80</v>
       </c>
       <c r="AJ90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AL90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS90" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU90" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="C91" t="inlineStr" s="4">
         <is>
           <t>10216Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки для індивідуального садівництва</t>
         </is>
       </c>
       <c r="D91" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E91" t="s">
         <v>47</v>
       </c>
       <c r="F91" t="s">
         <v>57</v>
       </c>
       <c r="G91" t="s">
         <v>49</v>
       </c>
       <c r="H91" t="s">
         <v>50</v>
       </c>
       <c r="I91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L91" t="s" s="5">
         <v>51</v>
       </c>
@@ -14080,134 +14077,134 @@
       </c>
       <c r="AP91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS91" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU91" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="C92" t="inlineStr" s="4">
         <is>
           <t>10217Про надання дозволу на розроблення проекту землеустрою, що забезпечує еколого-економічне обґрунтування сівозміни та впорядкування угідь земельної ділянки для ведення товарного</t>
         </is>
       </c>
       <c r="D92" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E92" t="s">
         <v>47</v>
       </c>
       <c r="F92" t="s">
-        <v>89</v>
+        <v>77</v>
       </c>
       <c r="G92" t="s">
         <v>49</v>
       </c>
       <c r="H92" t="s">
+        <v>78</v>
+      </c>
+      <c r="I92" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="J92" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="K92" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="L92" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="M92" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="N92" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="O92" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="P92" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Q92" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="R92" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="S92" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="T92" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="U92" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="V92" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="W92" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="X92" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="Y92" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="Z92" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AA92" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AB92" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AC92" t="s" s="5">
         <v>79</v>
-      </c>
-[...61 lines deleted...]
-        <v>80</v>
       </c>
       <c r="AD92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK92" t="s" s="5">
         <v>53</v>
       </c>
@@ -14225,59 +14222,59 @@
       </c>
       <c r="AP92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS92" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU92" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="C93" t="inlineStr" s="4">
         <is>
           <t>10218Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок для розміщення, будівництва, експлуатації та обслуговування будівель і споруд об`єктів передачі</t>
         </is>
       </c>
       <c r="D93" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E93" t="s">
         <v>47</v>
       </c>
       <c r="F93" t="s">
         <v>48</v>
       </c>
       <c r="G93" t="s">
         <v>49</v>
       </c>
       <c r="H93" t="s">
         <v>50</v>
       </c>
       <c r="I93" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J93" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K93" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L93" t="s" s="5">
         <v>51</v>
       </c>
@@ -14370,59 +14367,59 @@
       </c>
       <c r="AP93" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ93" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR93" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS93" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT93" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU93" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="C94" t="inlineStr" s="4">
         <is>
           <t>10219Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки на вул. І. Франка в с. Нагуєвичі Дрогобицького району</t>
         </is>
       </c>
       <c r="D94" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E94" t="s">
         <v>47</v>
       </c>
       <c r="F94" t="s">
         <v>60</v>
       </c>
       <c r="G94" t="s">
         <v>49</v>
       </c>
       <c r="H94" t="s">
         <v>50</v>
       </c>
       <c r="I94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L94" t="s" s="5">
         <v>51</v>
       </c>
@@ -14515,51 +14512,51 @@
       </c>
       <c r="AP94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS94" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU94" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="C95" t="inlineStr" s="4">
         <is>
           <t>10220Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення) меж частин земельних ділянок  на які поширюється право земельного сервітуту</t>
         </is>
       </c>
       <c r="D95" t="s">
         <v>46</v>
       </c>
       <c r="E95" t="s">
         <v>47</v>
       </c>
       <c r="F95" t="s">
         <v>60</v>
       </c>
       <c r="G95" t="s">
         <v>49</v>
       </c>
       <c r="H95" t="s">
         <v>50</v>
       </c>
       <c r="I95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J95" t="s" s="5">
@@ -14660,75 +14657,75 @@
       </c>
       <c r="AP95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS95" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU95" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
+        <v>199</v>
+      </c>
+      <c r="C96" t="s" s="4">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="D96" t="s">
         <v>56</v>
       </c>
       <c r="E96" t="s">
         <v>47</v>
       </c>
       <c r="F96" t="s">
-        <v>128</v>
+        <v>105</v>
       </c>
       <c r="G96" t="s">
         <v>49</v>
       </c>
       <c r="H96" t="s">
         <v>50</v>
       </c>
       <c r="I96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J96" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R96" t="s" s="5">
         <v>51</v>
       </c>
@@ -14803,59 +14800,59 @@
       </c>
       <c r="AP96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS96" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU96" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C97" t="inlineStr" s="4">
         <is>
           <t>10222Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення) меж частин земельних ділянок  на які поширюється право земельного сервітуту</t>
         </is>
       </c>
       <c r="D97" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E97" t="s">
         <v>47</v>
       </c>
       <c r="F97" t="s">
         <v>48</v>
       </c>
       <c r="G97" t="s">
         <v>49</v>
       </c>
       <c r="H97" t="s">
         <v>50</v>
       </c>
       <c r="I97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L97" t="s" s="5">
         <v>51</v>
       </c>
@@ -14948,65 +14945,65 @@
       </c>
       <c r="AP97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS97" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU97" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C98" t="inlineStr" s="4">
         <is>
           <t>10223Про припинення права постійного користування земельною ділянкою та про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки, цільове призначення якої</t>
         </is>
       </c>
       <c r="D98" t="s">
         <v>46</v>
       </c>
       <c r="E98" t="s">
         <v>47</v>
       </c>
       <c r="F98" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="G98" t="s">
         <v>49</v>
       </c>
       <c r="H98" t="s">
         <v>50</v>
       </c>
       <c r="I98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N98" t="s" s="5">
         <v>52</v>
       </c>
@@ -15093,63 +15090,63 @@
       </c>
       <c r="AP98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS98" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU98" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
+        <v>203</v>
+      </c>
+      <c r="C99" t="s" s="4">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="D99" t="s">
         <v>56</v>
       </c>
       <c r="E99" t="s">
         <v>47</v>
       </c>
       <c r="F99" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G99" t="s">
         <v>49</v>
       </c>
       <c r="H99" t="s">
         <v>50</v>
       </c>
       <c r="I99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N99" t="s" s="5">
         <v>52</v>
       </c>
@@ -15236,59 +15233,59 @@
       </c>
       <c r="AP99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU99" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="C100" t="inlineStr" s="4">
         <is>
           <t>10225Про припинення права постійного користування земельною ділянкою та про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки, цільове призначення якої</t>
         </is>
       </c>
       <c r="D100" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E100" t="s">
         <v>47</v>
       </c>
       <c r="F100" t="s">
         <v>57</v>
       </c>
       <c r="G100" t="s">
         <v>49</v>
       </c>
       <c r="H100" t="s">
         <v>50</v>
       </c>
       <c r="I100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L100" t="s" s="5">
         <v>51</v>
       </c>
@@ -15381,65 +15378,65 @@
       </c>
       <c r="AP100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU100" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="C101" t="inlineStr" s="4">
         <is>
           <t>10226Про передачу у постійне користування земельної ділянки Департаменту міського господарства Дрогобицької міської ради  </t>
         </is>
       </c>
       <c r="D101" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E101" t="s">
         <v>47</v>
       </c>
       <c r="F101" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="G101" t="s">
         <v>49</v>
       </c>
       <c r="H101" t="s">
         <v>50</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N101" t="s" s="5">
         <v>53</v>
       </c>
@@ -15526,65 +15523,65 @@
       </c>
       <c r="AP101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU101" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C102" t="inlineStr" s="4">
         <is>
           <t>10227Про припинення права оренди земельних ділянок та про надання в оренду земельних ділянок під об’єктими нерухомого майна  </t>
         </is>
       </c>
       <c r="D102" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E102" t="s">
         <v>47</v>
       </c>
       <c r="F102" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="G102" t="s">
         <v>49</v>
       </c>
       <c r="H102" t="s">
         <v>50</v>
       </c>
       <c r="I102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N102" t="s" s="5">
         <v>52</v>
       </c>
@@ -15671,65 +15668,65 @@
       </c>
       <c r="AP102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU102" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C103" t="inlineStr" s="4">
         <is>
           <t>10228Про продаж земельної ділянки у власність Товариству з обмеженою відповідальністю «Хід Україна»</t>
         </is>
       </c>
       <c r="D103" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E103" t="s">
         <v>47</v>
       </c>
       <c r="F103" t="s">
-        <v>107</v>
+        <v>57</v>
       </c>
       <c r="G103" t="s">
         <v>49</v>
       </c>
       <c r="H103" t="s">
         <v>50</v>
       </c>
       <c r="I103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N103" t="s" s="5">
         <v>52</v>
       </c>
@@ -15760,51 +15757,51 @@
       <c r="W103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AA103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE103" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AF103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AL103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM103" t="s" s="5">
         <v>51</v>
       </c>
@@ -15816,59 +15813,59 @@
       </c>
       <c r="AP103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU103" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C104" t="inlineStr" s="4">
         <is>
           <t>10229Про продовження договору оренди земельної  ділянки для будівництва індивідуальних гаражів</t>
         </is>
       </c>
       <c r="D104" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E104" t="s">
         <v>47</v>
       </c>
       <c r="F104" t="s">
         <v>57</v>
       </c>
       <c r="G104" t="s">
         <v>49</v>
       </c>
       <c r="H104" t="s">
         <v>50</v>
       </c>
       <c r="I104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L104" t="s" s="5">
         <v>51</v>
       </c>
@@ -15961,65 +15958,65 @@
       </c>
       <c r="AP104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU104" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="C105" t="inlineStr" s="4">
         <is>
           <t>10230Про включення до переліку земельних ділянок, право оренди яких підлягає продажу на конкурентних засадах (на земельних торгах у формі електронного аукціону), земельної ділянки та про надання</t>
         </is>
       </c>
       <c r="D105" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E105" t="s">
         <v>47</v>
       </c>
       <c r="F105" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G105" t="s">
         <v>49</v>
       </c>
       <c r="H105" t="s">
         <v>50</v>
       </c>
       <c r="I105" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N105" t="s" s="5">
         <v>52</v>
       </c>
@@ -16106,65 +16103,65 @@
       </c>
       <c r="AP105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU105" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="C106" t="inlineStr" s="4">
         <is>
           <t>10231Про  затвердження проекту землеустрою щодо відведення земельної ділянки для будівництва та обслуговування інших будівель громадської забудови площею 0,1248 га, що розташована за адресою:</t>
         </is>
       </c>
       <c r="D106" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E106" t="s">
         <v>47</v>
       </c>
       <c r="F106" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="G106" t="s">
         <v>49</v>
       </c>
       <c r="H106" t="s">
         <v>50</v>
       </c>
       <c r="I106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N106" t="s" s="5">
         <v>52</v>
       </c>
@@ -16177,51 +16174,51 @@
       <c r="Q106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="U106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y106" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AA106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG106" t="s" s="5">
         <v>53</v>
       </c>
@@ -16251,65 +16248,65 @@
       </c>
       <c r="AP106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU106" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="C107" t="inlineStr" s="4">
         <is>
           <t>10232Про надання в оренду земельної ділянки під об’єктом нерухомого майна на вул. В. Великого в м. Дрогобичі</t>
         </is>
       </c>
       <c r="D107" t="s">
         <v>46</v>
       </c>
       <c r="E107" t="s">
+        <v>47</v>
+      </c>
+      <c r="F107" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="G107" t="s">
         <v>49</v>
       </c>
       <c r="H107" t="s">
         <v>50</v>
       </c>
       <c r="I107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N107" t="s" s="5">
         <v>53</v>
       </c>
@@ -16322,72 +16319,72 @@
       <c r="Q107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="U107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y107" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AA107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD107" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AE107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF107" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AG107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN107" t="s" s="5">
         <v>51</v>
       </c>
@@ -16396,66 +16393,66 @@
       </c>
       <c r="AP107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU107" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="C108" t="s" s="4">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="D108" t="s">
         <v>56</v>
       </c>
       <c r="E108" t="s">
         <v>47</v>
       </c>
       <c r="F108" t="s">
-        <v>142</v>
+        <v>128</v>
       </c>
       <c r="G108" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="H108" t="s">
         <v>50</v>
       </c>
       <c r="I108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O108" t="s" s="5">
         <v>53</v>
       </c>
@@ -16489,118 +16486,118 @@
       <c r="Y108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AA108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG108" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AH108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI108" t="s" s="5">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AJ108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT108" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AU108" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="C109" t="inlineStr" s="4">
         <is>
           <t>10234Про надання в оренду земельної ділянки під об’єктом нерухомого майна на вул. В. Великого в м. Дрогобичі</t>
         </is>
       </c>
       <c r="D109" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E109" t="s">
         <v>47</v>
       </c>
       <c r="F109" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="G109" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="H109" t="s">
         <v>50</v>
       </c>
       <c r="I109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="M109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O109" t="s" s="5">
         <v>53</v>
       </c>
@@ -16640,214 +16637,214 @@
       <c r="AA109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI109" t="s" s="5">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AJ109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AL109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AM109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AN109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AO109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AP109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS109" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU109" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="110">
       <c r="A110"/>
       <c r="B110"/>
       <c r="C110"/>
       <c r="D110"/>
       <c r="E110"/>
       <c r="F110"/>
       <c r="G110"/>
       <c r="H110"/>
       <c r="I110" t="s">
+        <v>216</v>
+      </c>
+      <c r="J110" t="s">
+        <v>217</v>
+      </c>
+      <c r="K110" t="s">
         <v>218</v>
       </c>
-      <c r="J110" t="s">
+      <c r="L110" t="s">
         <v>219</v>
       </c>
-      <c r="K110" t="s">
+      <c r="M110" t="s">
         <v>220</v>
       </c>
-      <c r="L110" t="s">
+      <c r="N110" t="s">
         <v>221</v>
       </c>
-      <c r="M110" t="s">
+      <c r="O110" t="s">
         <v>222</v>
       </c>
-      <c r="N110" t="s">
+      <c r="P110" t="s">
+        <v>219</v>
+      </c>
+      <c r="Q110" t="s">
+        <v>219</v>
+      </c>
+      <c r="R110" t="s">
+        <v>219</v>
+      </c>
+      <c r="S110" t="s">
         <v>223</v>
       </c>
-      <c r="O110" t="s">
+      <c r="T110" t="s">
+        <v>218</v>
+      </c>
+      <c r="U110" t="s">
+        <v>219</v>
+      </c>
+      <c r="V110" t="s">
+        <v>154</v>
+      </c>
+      <c r="W110" t="s">
         <v>224</v>
       </c>
-      <c r="P110" t="s">
-[...8 lines deleted...]
-      <c r="S110" t="s">
+      <c r="X110" t="s">
+        <v>220</v>
+      </c>
+      <c r="Y110" t="s">
+        <v>217</v>
+      </c>
+      <c r="Z110" t="s">
         <v>225</v>
       </c>
-      <c r="T110" t="s">
-[...8 lines deleted...]
-      <c r="W110" t="s">
+      <c r="AA110" t="s">
         <v>226</v>
       </c>
-      <c r="X110" t="s">
+      <c r="AB110" t="s">
         <v>227</v>
       </c>
-      <c r="Y110" t="s">
+      <c r="AC110" t="s">
         <v>228</v>
       </c>
-      <c r="Z110" t="s">
+      <c r="AD110" t="s">
         <v>229</v>
       </c>
-      <c r="AA110" t="s">
-[...5 lines deleted...]
-      <c r="AC110" t="s">
+      <c r="AE110" t="s">
         <v>230</v>
       </c>
-      <c r="AD110" t="s">
+      <c r="AF110" t="s">
         <v>231</v>
       </c>
-      <c r="AE110" t="s">
+      <c r="AG110" t="s">
+        <v>216</v>
+      </c>
+      <c r="AH110" t="s">
         <v>232</v>
       </c>
-      <c r="AF110" t="s">
+      <c r="AI110" t="s">
         <v>233</v>
       </c>
-      <c r="AG110" t="s">
+      <c r="AJ110" t="s">
+        <v>232</v>
+      </c>
+      <c r="AK110" t="s">
         <v>218</v>
       </c>
-      <c r="AH110" t="s">
+      <c r="AL110" t="s">
+        <v>219</v>
+      </c>
+      <c r="AM110" t="s">
         <v>234</v>
       </c>
-      <c r="AI110" t="s">
+      <c r="AN110" t="s">
         <v>235</v>
       </c>
-      <c r="AJ110" t="s">
-[...8 lines deleted...]
-      <c r="AM110" t="s">
+      <c r="AO110" t="s">
         <v>236</v>
       </c>
-      <c r="AN110" t="s">
-[...2 lines deleted...]
-      <c r="AO110" t="s">
+      <c r="AP110" t="s">
+        <v>225</v>
+      </c>
+      <c r="AQ110" t="s">
         <v>237</v>
       </c>
-      <c r="AP110" t="s">
-[...2 lines deleted...]
-      <c r="AQ110" t="s">
+      <c r="AR110" t="s">
+        <v>232</v>
+      </c>
+      <c r="AS110" t="s">
+        <v>219</v>
+      </c>
+      <c r="AT110" t="s">
         <v>238</v>
       </c>
-      <c r="AR110" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AU110" t="s">
-        <v>239</v>
+        <v>225</v>
       </c>
     </row>
     <row r="111">
       <c r="A111"/>
       <c r="B111"/>
       <c r="C111"/>
       <c r="D111"/>
       <c r="E111"/>
       <c r="F111"/>
       <c r="G111"/>
       <c r="H111"/>
       <c r="I111" t="s">
         <v>49</v>
       </c>
       <c r="J111" t="s">
         <v>49</v>
       </c>
       <c r="K111" t="s">
         <v>49</v>
       </c>
       <c r="L111" t="s">
         <v>49</v>
       </c>
       <c r="M111" t="s">
         <v>49</v>
@@ -16876,486 +16873,486 @@
       <c r="U111" t="s">
         <v>49</v>
       </c>
       <c r="V111" t="s">
         <v>49</v>
       </c>
       <c r="W111" t="s">
         <v>49</v>
       </c>
       <c r="X111" t="s">
         <v>49</v>
       </c>
       <c r="Y111" t="s">
         <v>49</v>
       </c>
       <c r="Z111" t="s">
         <v>49</v>
       </c>
       <c r="AA111" t="s">
         <v>49</v>
       </c>
       <c r="AB111" t="s">
         <v>49</v>
       </c>
       <c r="AC111" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AD111" t="s">
         <v>49</v>
       </c>
       <c r="AE111" t="s">
         <v>49</v>
       </c>
       <c r="AF111" t="s">
         <v>49</v>
       </c>
       <c r="AG111" t="s">
         <v>49</v>
       </c>
       <c r="AH111" t="s">
         <v>49</v>
       </c>
       <c r="AI111" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="AJ111" t="s">
         <v>49</v>
       </c>
       <c r="AK111" t="s">
         <v>49</v>
       </c>
       <c r="AL111" t="s">
         <v>49</v>
       </c>
       <c r="AM111" t="s">
         <v>49</v>
       </c>
       <c r="AN111" t="s">
         <v>49</v>
       </c>
       <c r="AO111" t="s">
         <v>49</v>
       </c>
       <c r="AP111" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AQ111" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AR111" t="s">
         <v>49</v>
       </c>
       <c r="AS111" t="s">
         <v>49</v>
       </c>
       <c r="AT111" t="s">
         <v>49</v>
       </c>
       <c r="AU111" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="112">
       <c r="A112"/>
       <c r="B112"/>
       <c r="C112"/>
       <c r="D112"/>
       <c r="E112"/>
       <c r="F112"/>
       <c r="G112"/>
       <c r="H112"/>
       <c r="I112" t="s">
+        <v>240</v>
+      </c>
+      <c r="J112" t="s">
+        <v>240</v>
+      </c>
+      <c r="K112" t="s">
+        <v>240</v>
+      </c>
+      <c r="L112" t="s">
+        <v>240</v>
+      </c>
+      <c r="M112" t="s">
+        <v>240</v>
+      </c>
+      <c r="N112" t="s">
+        <v>240</v>
+      </c>
+      <c r="O112" t="s">
+        <v>240</v>
+      </c>
+      <c r="P112" t="s">
+        <v>240</v>
+      </c>
+      <c r="Q112" t="s">
+        <v>240</v>
+      </c>
+      <c r="R112" t="s">
+        <v>240</v>
+      </c>
+      <c r="S112" t="s">
+        <v>240</v>
+      </c>
+      <c r="T112" t="s">
+        <v>240</v>
+      </c>
+      <c r="U112" t="s">
+        <v>240</v>
+      </c>
+      <c r="V112" t="s">
+        <v>240</v>
+      </c>
+      <c r="W112" t="s">
         <v>241</v>
       </c>
-      <c r="J112" t="s">
+      <c r="X112" t="s">
+        <v>240</v>
+      </c>
+      <c r="Y112" t="s">
+        <v>240</v>
+      </c>
+      <c r="Z112" t="s">
+        <v>240</v>
+      </c>
+      <c r="AA112" t="s">
+        <v>240</v>
+      </c>
+      <c r="AB112" t="s">
+        <v>240</v>
+      </c>
+      <c r="AC112" t="s">
         <v>241</v>
       </c>
-      <c r="K112" t="s">
-[...35 lines deleted...]
-      <c r="W112" t="s">
+      <c r="AD112" t="s">
+        <v>240</v>
+      </c>
+      <c r="AE112" t="s">
+        <v>240</v>
+      </c>
+      <c r="AF112" t="s">
+        <v>240</v>
+      </c>
+      <c r="AG112" t="s">
+        <v>240</v>
+      </c>
+      <c r="AH112" t="s">
+        <v>240</v>
+      </c>
+      <c r="AI112" t="s">
         <v>242</v>
       </c>
-      <c r="X112" t="s">
-[...14 lines deleted...]
-      <c r="AC112" t="s">
+      <c r="AJ112" t="s">
+        <v>240</v>
+      </c>
+      <c r="AK112" t="s">
+        <v>240</v>
+      </c>
+      <c r="AL112" t="s">
+        <v>240</v>
+      </c>
+      <c r="AM112" t="s">
+        <v>240</v>
+      </c>
+      <c r="AN112" t="s">
         <v>242</v>
       </c>
-      <c r="AD112" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="AO112" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="AP112" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="AQ112" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="AR112" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="AS112" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="AT112" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="AU112" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
     </row>
     <row r="113">
       <c r="A113"/>
       <c r="B113"/>
       <c r="C113"/>
       <c r="D113"/>
       <c r="E113"/>
       <c r="F113"/>
       <c r="G113"/>
       <c r="H113"/>
       <c r="I113" t="s">
+        <v>243</v>
+      </c>
+      <c r="J113" t="s">
         <v>244</v>
       </c>
-      <c r="J113" t="s">
+      <c r="K113" t="s">
         <v>245</v>
       </c>
-      <c r="K113" t="s">
+      <c r="L113" t="s">
         <v>246</v>
       </c>
-      <c r="L113" t="s">
+      <c r="M113" t="s">
         <v>247</v>
       </c>
-      <c r="M113" t="s">
+      <c r="N113" t="s">
         <v>248</v>
       </c>
-      <c r="N113" t="s">
+      <c r="O113" t="s">
         <v>249</v>
       </c>
-      <c r="O113" t="s">
+      <c r="P113" t="s">
+        <v>246</v>
+      </c>
+      <c r="Q113" t="s">
+        <v>246</v>
+      </c>
+      <c r="R113" t="s">
+        <v>246</v>
+      </c>
+      <c r="S113" t="s">
         <v>250</v>
       </c>
-      <c r="P113" t="s">
-[...8 lines deleted...]
-      <c r="S113" t="s">
+      <c r="T113" t="s">
         <v>245</v>
       </c>
-      <c r="T113" t="s">
+      <c r="U113" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
       <c r="V113" t="s">
         <v>251</v>
       </c>
       <c r="W113" t="s">
+        <v>246</v>
+      </c>
+      <c r="X113" t="s">
         <v>247</v>
       </c>
-      <c r="X113" t="s">
+      <c r="Y113" t="s">
+        <v>244</v>
+      </c>
+      <c r="Z113" t="s">
         <v>252</v>
-      </c>
-[...4 lines deleted...]
-        <v>254</v>
       </c>
       <c r="AA113" t="s">
         <v>253</v>
       </c>
       <c r="AB113" t="s">
+        <v>254</v>
+      </c>
+      <c r="AC113" t="s">
         <v>255</v>
       </c>
-      <c r="AC113" t="s">
+      <c r="AD113" t="s">
         <v>256</v>
       </c>
-      <c r="AD113" t="s">
+      <c r="AE113" t="s">
         <v>257</v>
       </c>
-      <c r="AE113" t="s">
+      <c r="AF113" t="s">
         <v>258</v>
       </c>
-      <c r="AF113" t="s">
+      <c r="AG113" t="s">
+        <v>243</v>
+      </c>
+      <c r="AH113" t="s">
+        <v>243</v>
+      </c>
+      <c r="AI113" t="s">
         <v>259</v>
       </c>
-      <c r="AG113" t="s">
-[...2 lines deleted...]
-      <c r="AH113" t="s">
+      <c r="AJ113" t="s">
+        <v>243</v>
+      </c>
+      <c r="AK113" t="s">
+        <v>245</v>
+      </c>
+      <c r="AL113" t="s">
         <v>260</v>
       </c>
-      <c r="AI113" t="s">
+      <c r="AM113" t="s">
+        <v>246</v>
+      </c>
+      <c r="AN113" t="s">
         <v>261</v>
       </c>
-      <c r="AJ113" t="s">
-[...2 lines deleted...]
-      <c r="AK113" t="s">
+      <c r="AO113" t="s">
+        <v>262</v>
+      </c>
+      <c r="AP113" t="s">
+        <v>263</v>
+      </c>
+      <c r="AQ113" t="s">
+        <v>243</v>
+      </c>
+      <c r="AR113" t="s">
+        <v>243</v>
+      </c>
+      <c r="AS113" t="s">
         <v>246</v>
       </c>
-      <c r="AL113" t="s">
-[...8 lines deleted...]
-      <c r="AO113" t="s">
+      <c r="AT113" t="s">
         <v>264</v>
       </c>
-      <c r="AP113" t="s">
+      <c r="AU113" t="s">
         <v>252</v>
-      </c>
-[...13 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="114">
       <c r="A114"/>
       <c r="B114"/>
       <c r="C114"/>
       <c r="D114"/>
       <c r="E114"/>
       <c r="F114"/>
       <c r="G114"/>
       <c r="H114"/>
       <c r="I114" t="s">
+        <v>265</v>
+      </c>
+      <c r="J114" t="s">
         <v>266</v>
       </c>
-      <c r="J114" t="s">
+      <c r="K114" t="s">
+        <v>266</v>
+      </c>
+      <c r="L114" t="s">
         <v>267</v>
       </c>
-      <c r="K114" t="s">
+      <c r="M114" t="s">
+        <v>266</v>
+      </c>
+      <c r="N114" t="s">
+        <v>266</v>
+      </c>
+      <c r="O114" t="s">
         <v>268</v>
       </c>
-      <c r="L114" t="s">
+      <c r="P114" t="s">
+        <v>267</v>
+      </c>
+      <c r="Q114" t="s">
+        <v>267</v>
+      </c>
+      <c r="R114" t="s">
+        <v>267</v>
+      </c>
+      <c r="S114" t="s">
+        <v>266</v>
+      </c>
+      <c r="T114" t="s">
+        <v>266</v>
+      </c>
+      <c r="U114" t="s">
+        <v>267</v>
+      </c>
+      <c r="V114" t="s">
         <v>269</v>
       </c>
-      <c r="M114" t="s">
-[...5 lines deleted...]
-      <c r="O114" t="s">
+      <c r="W114" t="s">
+        <v>266</v>
+      </c>
+      <c r="X114" t="s">
+        <v>266</v>
+      </c>
+      <c r="Y114" t="s">
+        <v>266</v>
+      </c>
+      <c r="Z114" t="s">
+        <v>266</v>
+      </c>
+      <c r="AA114" t="s">
+        <v>266</v>
+      </c>
+      <c r="AB114" t="s">
+        <v>266</v>
+      </c>
+      <c r="AC114" t="s">
+        <v>266</v>
+      </c>
+      <c r="AD114" t="s">
+        <v>266</v>
+      </c>
+      <c r="AE114" t="s">
+        <v>266</v>
+      </c>
+      <c r="AF114" t="s">
+        <v>266</v>
+      </c>
+      <c r="AG114" t="s">
+        <v>265</v>
+      </c>
+      <c r="AH114" t="s">
+        <v>266</v>
+      </c>
+      <c r="AI114" t="s">
         <v>270</v>
       </c>
-      <c r="P114" t="s">
+      <c r="AJ114" t="s">
+        <v>266</v>
+      </c>
+      <c r="AK114" t="s">
+        <v>266</v>
+      </c>
+      <c r="AL114" t="s">
+        <v>271</v>
+      </c>
+      <c r="AM114" t="s">
         <v>269</v>
       </c>
-      <c r="Q114" t="s">
+      <c r="AN114" t="s">
+        <v>272</v>
+      </c>
+      <c r="AO114" t="s">
         <v>269</v>
       </c>
-      <c r="R114" t="s">
-[...29 lines deleted...]
-      <c r="AB114" t="s">
+      <c r="AP114" t="s">
+        <v>266</v>
+      </c>
+      <c r="AQ114" t="s">
+        <v>266</v>
+      </c>
+      <c r="AR114" t="s">
+        <v>266</v>
+      </c>
+      <c r="AS114" t="s">
         <v>267</v>
       </c>
-      <c r="AC114" t="s">
-[...11 lines deleted...]
-      <c r="AG114" t="s">
+      <c r="AT114" t="s">
         <v>266</v>
       </c>
-      <c r="AH114" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="AU114" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>